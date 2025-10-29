--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -1,6027 +1,4913 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4729EAAA" w14:textId="77777777" w:rsidR="00B75AD6" w:rsidRPr="00982F6C" w:rsidRDefault="00B75AD6" w:rsidP="00647F58">
-[...4 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="00000001" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-          <w:lang w:eastAsia="lt-LT"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Raseinių  Šaltinio progimnazijos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4729EAAB" w14:textId="77777777" w:rsidR="00B75AD6" w:rsidRPr="00982F6C" w:rsidRDefault="00E6314E" w:rsidP="00647F58">
-[...4 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="00000002" w14:textId="2E51A708" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...38 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus 2025 m. spalio    d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000003" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...29 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsakymo Nr. V1-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000004" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...29 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priedas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000005" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D63F8F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000006" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-143"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="lt-LT"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">RASEINIŲ ŠALTINIO PROGIMNAZIJOS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4729EAB1" w14:textId="77777777" w:rsidR="00B75AD6" w:rsidRPr="00647F58" w:rsidRDefault="00B75AD6" w:rsidP="00B75AD6">
-[...4 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="00000007" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-143"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="lt-LT"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>MOKINIO ELGESIO TAISYKLĖS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4729EAB2" w14:textId="77777777" w:rsidR="00647F58" w:rsidRDefault="00647F58" w:rsidP="00B75AD6">
-[...4 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="00000009" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D63F8F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...27 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0000000A" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="lt-LT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4729EAB5" w14:textId="77777777" w:rsidR="00B75AD6" w:rsidRPr="00982F6C" w:rsidRDefault="00B75AD6" w:rsidP="003D27A2">
-[...4 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="0000000B" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lt-LT"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...24 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> BENDROSIOS NUOSTATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000C" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D63F8F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-82"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lt-LT"/>
-[...46 lines deleted...]
-          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0000000D" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Raseinių Šaltinio progimnazijos (toliau - Progimnazija) mokinio elgesio taisyklės</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D4EEF">
-[...304 lines deleted...]
-    <w:p w14:paraId="4729EABA" w14:textId="77777777" w:rsidR="00B75AD6" w:rsidRPr="00982F6C" w:rsidRDefault="00B75AD6" w:rsidP="003D27A2">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(toliau - taisyklės) reglamentuoja mokinių elgesį Progimnazijoje. Jų tikslas - daryti įtaką mokinių elgesiui, kad gerėtų  Progimnazijos bendruomenės narių tarpusavio santykiai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000E" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Taisyklės parengtos vadovaujantis Lietuvos Respublikos Konstitucija, Lietuvos Respublikos Švietimo įstatymu, Lietuvos Respublikos Vaiko minimalios ir vidutinės priežiūros įstatymu, Lietuvos Respublikos Vaiko teisių apsaugos pagrindų įstatymu, Vaiko teisių konvencija, Smurto prevencijos įgyvendinimo mokyklose rekomendacijomis (patvirtinta Lietuvos Respublikos Švietimo, mokslo ir sporto ministro 2017 m. kovo 22 d. įsakymu Nr. V-190), Rekomendacijomis dėl poveikio priemonių taikymo netinkamai besielgiantiems mokiniams (patvirtinta Lietuvos Respublikos švietimo ir mokslo ministro 2012 m. rugpjūčio 28 d. įsakymu Nr. V-1268), Mokymo sutartimi bei kitais teisės aktais ir siekiant sukurti Progimnazijoje ir jos aplinkoje saugią, draugišką ir bendradarbiavimu pagrįstą atmosferą bei reglamentuoti mokinio elgesio normas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000F" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Taisyklių privalo laikytis kiekvienas Progimnazijos mokinys.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000010" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D63F8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-82" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000011" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lt-LT"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="4729EABC" w14:textId="77777777" w:rsidR="00B75AD6" w:rsidRDefault="00B75AD6" w:rsidP="003D27A2">
+        </w:rPr>
+        <w:t>II SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000012" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-82"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lt-LT"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>MOKINIŲ TEISĖS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4729EABD" w14:textId="77777777" w:rsidR="00B75AD6" w:rsidRPr="00982F6C" w:rsidRDefault="00B75AD6" w:rsidP="003D27A2">
-[...2 lines deleted...]
-        <w:ind w:right="-82" w:firstLine="540"/>
+    <w:p w14:paraId="00000014" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4. Mokiniai Progimnazijoje turi teisę:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000015" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pagal savo gebėjimus ir poreikius, priimti pagalbą pamokoje ir po pamokų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000016" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2. gauti pagalbą iš mokytojų, pagalbos mokiniui specialistų ir administracijos; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000017" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.3. gauti pirminę medicininę pagalbą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000018" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.4. gauti informaciją apie savo ugdymosi pasiekimus, nešališką mokymosi pasiekimų įvertinimą ir grįžtamąjį ryšį;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000019" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.5. kitą su ugdymusi susijusią informaciją;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001A" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.6. į minties, sąžinės, religijos, žodžio laisvę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001B" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4.7. ugdytis savitarpio pagarba grįstoje, psichologiškai, dvasiškai ir fiziškai saugioje aplinkoje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001C" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.8. turėti higienos reikalavimus atitinkančius mokymosi krūvį ir darbo vietą; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001D" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.9. dalyvauti savivaldoje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001E" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="001849EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.10. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymo prieinamumą atskirt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">į patiriantiems </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vaikams/mokiniams;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001F" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="001849EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pasirinkti Progimnazijos siūlomus formaliojo švietimo programas papildančius ir jo saviraiškos poreikius tenkinančius šių programų modulius;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000020" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="001849EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. dalyvauti neformaliojo švietimo veikloje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000021" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="001849EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.12. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dalyvauti, aptariant jo elgesį;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000022" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="001849EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. maitinimo paslaugą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000023" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="001849EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. ugdymąsi šeimoje (to pageidaujantys);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000024" w14:textId="4BD543F3" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="001849EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-79" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>su kl</w:t>
+      </w:r>
+      <w:r w:rsidR="001849EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>asės</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vadovo leidimu pamokų ir pertraukų metu būti įleidžiamas į rūbinę pasiimti arba pasidėti daiktus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000025" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="001849EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-79" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. įstatymų nustatyta tvarka ginti savo teises;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000026" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="001849EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-79" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.17. naudotis kitomis teisės aktuose numatytomis teisėmis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000027" w14:textId="33374389" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="001849EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-79" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="001849EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> būti apsaugotam nuo neteisėto fotografavimo, filmavimo ar asmeninės informacijos platinimo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000028" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="001849EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-79"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lt-LT"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>III SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000029" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="001849EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-79"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lt-LT"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lt-LT"/>
-[...1254 lines deleted...]
-          <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>MOKINIŲ PAREIGOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4729EAE0" w14:textId="77777777" w:rsidR="00B75AD6" w:rsidRPr="00982F6C" w:rsidRDefault="00B75AD6" w:rsidP="00647F58">
-[...20 lines deleted...]
-          <w:lang w:eastAsia="lt-LT"/>
+    <w:p w14:paraId="0000002A" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="001849EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-79" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5. Mokiniai privalo:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4729EAE1" w14:textId="2ADA8CEE" w:rsidR="00B75AD6" w:rsidRDefault="00B75AD6" w:rsidP="00647F58">
+    <w:p w14:paraId="0000002B" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="001849EF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="-82" w:firstLine="851"/>
-[...130 lines deleted...]
-    <w:p w14:paraId="4729EAE2" w14:textId="77777777" w:rsidR="00727809" w:rsidRPr="00982F6C" w:rsidRDefault="00727809" w:rsidP="00647F58">
+        <w:ind w:right="-79" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.1. laikytis Lietuvos Respublikos įstatymų, Progimnazijos nuostatų, mokymo (si) sutarties sąlygų, šių taisyklių ir kitų Progimnazijos vidiniais dokumentais nustatytų pareigų, vykdyti Progimnazijos administracijos, pedagogų ir kitų darbuotojų teisėtus reikalavimus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000002C" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="001849EF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="-82" w:firstLine="851"/>
-[...15 lines deleted...]
-          <w:lang w:eastAsia="lt-LT"/>
+        <w:ind w:right="-79" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.2. dalyvauti bent vienoje nuoseklioje ir ilgalaikėje prevencinėje programoje;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4729EAE3" w14:textId="77777777" w:rsidR="00B75AD6" w:rsidRPr="00982F6C" w:rsidRDefault="00727809" w:rsidP="00647F58">
+    <w:p w14:paraId="0000002D" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="001849EF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="-82" w:firstLine="851"/>
-[...30 lines deleted...]
-    <w:p w14:paraId="4729EAE4" w14:textId="1D0B97C9" w:rsidR="00B75AD6" w:rsidRPr="008033C3" w:rsidRDefault="00727809" w:rsidP="00647F58">
+        <w:ind w:right="-79" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.3. stropiai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sąžiningai ir atsakingai mokytis pagal savo gebėjimus, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ti savo gabumus, įgyti pakankamai žinių ir patirties, būti atidiems ir aktyviems pamokose,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000002E" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.4. į Progimnaziją ateiti (jungtis į nuotolines pamokas, jei tokios paskirtos Gydytojų konsultacinės komisijos) paruošus visus tos dienos namų darbus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000002F" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.5. pasiruošti pamokoms (turėti visas reikalingas mokymosi priemones), elgtis drausmingai, netrukdyti dirbti kitiems mokiniams ir mokytojui, po pamokos palikti tvarkingą darbo vietą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000030" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. atlikti socialinę pil</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ietinę veiklą</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000031" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.7. per pamokas ir renginius elgtis drausmingai, netrikdyti pamokos, renginio rimties, reaguoti į mokytojo pastabas. Pertraukų metu ilsėtis nepažeidžiant vieniems kitų interesų; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000032" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.8. šokio pamokose dalyvauti su specialia šokiams skirta avalyne;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000033" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.9. sportinę aprangą ir avalynę dėvėti tik fizinio ugdymo pamokose;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000034" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> 5.10. persirengimo kambariuose prie sporto salės bei dušuose elgtis pagal fizinio ugdymo mokytojų nurodymus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000035" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.11. stebėti fizinio ugdymo, šokio, technologijų pamokas arba atlikti kitas mokytojo nurodytas užduotis, jeigu yra gydytojų rekomendacijos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000036" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-82" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...74 lines deleted...]
-          <w:lang w:eastAsia="lt-LT"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.12. gerbti mokytojus, kitus Progimnazijos bendruomenės narius ir nepažeisti jų teisių (sveikintis, mandagiai prašyti, klausti, atsakinėti į klausimus, kultūringai reaguoti į valgyklos darbuotojų, nepedagoginių darbuotojų pastebėjimus) ir panašiai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000037" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.13. Progimnazijos pastate, jos teritorijoje elgtis taip, kad nesukeltų pavojaus sau ir kitiems (nebėgioti koridoriais ir laiptais, nesistumdyti, nemėtyti daiktų, ne sėdėti ant palangių ir kita);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000038" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.14. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>palaikyti švarą ir tvarką</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijoje ir jos teritorijoje</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-    </w:p>
-[...67 lines deleted...]
-          <w:lang w:eastAsia="lt-LT"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000039" w14:textId="7E898D47" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.15.pagal galimybes sudrausminti smurtaujančius mokinius ir apie tai pranešti klasės vadovui, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>administracijai, mokytojams arba budinčiam darbuotojui;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000003A" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
-      <w:r w:rsidR="00727809">
-[...275 lines deleted...]
-          <w:lang w:eastAsia="lt-LT"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. pastebėjus situaciją, kai asmeniui reikalinga skubi pagalba, būtina apie tai tuoj pat informuoti arčiausiai esantį bet kurį suaugusį </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>asmenį</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4729EAE9" w14:textId="3757BD7B" w:rsidR="00B75AD6" w:rsidRPr="00B528E3" w:rsidRDefault="00727809" w:rsidP="00647F58">
-[...283 lines deleted...]
-    <w:p w14:paraId="4729EAEE" w14:textId="5A47CADF" w:rsidR="00B75AD6" w:rsidRPr="00982F6C" w:rsidRDefault="00B75AD6" w:rsidP="00647F58">
+    <w:p w14:paraId="0000003B" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. iškilus sveikatos problemoms arba įvykus nelaimingam atsitikimui ugdymo proceso metu, apie tai informuoti ugdymo procesą organizuojantį pedagogą, kitą suaugusį asmenį arba </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kreiptis į visuomenės sveikatos priežiūros specialistą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000003C" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.18. tausoti Progimnazijos inventorių, turtą, patalpas ir aplinką;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000003D" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.19. pastebėję sugadintą inventorių, mokymosi priemonę pranešti mokytojui, kabineto vadovui ar bet kuriam kitam suaugusiam asmeniui;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000003E" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. radę pamestą daiktą atiduoti savininkui. Jeigu savininkas nežinomas, atnešti daiktą į raštinę, kad būtų galima paskelbti apie jo radimą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000003F" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. dalyvauti klasės vadovo ar dalykų mokytojų organizuojamoje kultūrinėje, sportinėje, pažintinėje, socialinėje - pilietinėje veikloje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000040" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-82" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...217 lines deleted...]
-    <w:p w14:paraId="4729EAEF" w14:textId="77777777" w:rsidR="00B75AD6" w:rsidRPr="00B528E3" w:rsidRDefault="00727809" w:rsidP="00647F58">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. dėvėti mokyklinę uniformą Progimnazijoje </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(polo marškinėliai, megztinis, tamsios klasikinės kelnės / džinsai arba sijonas), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atstovaudami Progimnaziją miesto, rajono, respublikos renginiuose (išskyrus sportines varžybas ar koncertus, kai numatyta kita apranga); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000041" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-82" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...104 lines deleted...]
-          <w:lang w:eastAsia="lt-LT"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.23. viršutinius drabužius (striukes, paltus, kepures, moto šalmus ir kt.) nusirengti ir palikti rūbinėje / spintelėje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000042" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRPr="006E325A" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.24. valgyti tik valgykloje jiems skirtų pertraukų metu (atsineštą maistą galima valgyti valgykloje bet kurios pertraukos metu)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000043" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRPr="006E325A" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.25. pavalgius nunešti indus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000044" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRPr="006E325A" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.26. valgykloje kuprines palikti tam skirtoje vietoje ir tvarkingai laukti eilėje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000045" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.27. bibliotekoje klausyti bib</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>liotekos darbuotojo nurodymų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000046" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5.28. ramybės zonoje laikytis nustatytos tvarkos, technologijų pamokų laukti progimnazijos pirmojo aukšto foje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000047" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.29. mokslo metų pabaigoje arba jų eigoje, išvykdami iš Progimnazijos atsiskaityti su biblioteka, raštine, dalykų mokytojais ir klasės vadovu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000048" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.30. saugiai ir </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atsakingai elgtis virtualioje erdvėje, gerbti savo ir kitų privatumą bei teises;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000049" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="003311B3" w:rsidRPr="00727809">
-[...35 lines deleted...]
-          <w:lang w:eastAsia="lt-LT"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sanitariniuose mazguose laikytis higieninių reikalavimų, taupiai naudoti elektrą, vandenį, sanitarines higienos priemones;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000004A" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.32. laikytis saugos taisyklių: neliesti apšvietimo lempų, priešgaisrinės apsaugos priemonių, elektros lizdų, elektros skydų, klasėje esančių IT priemonių (be mokytojo leidimo), negadinti santechnikos ir kitų įrengimų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000004B" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_heading=h.28zowot88gsy" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.33. laikytis Progimnazijos mokinių naudojimosi mobiliais įrenginiais tvarkos aprašo nuostatų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000004C" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.34. atvykstant į progimnaziją paspirtukais ar dviračiais laikytis saugaus eismo taisyklių, dėvėti šalmus, šviesą atspindinčias liemenes. Kaštonų alėjoje ir aikštėje prieš pagrindinį įėjimą transporto priemones (paspirtukus, dviračius) tik vesti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000004D" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.35. iki rugsėjo 15 dienos pasitikrinti sveikatą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000004E" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.36. jei dėl objektyvių priežasčių mokytojas negali vesti pamokos, mokinys privalo: sąžiningai atlikti kito mokytojo skirtas užduotis, laikytis drausmės ir tvarkos taisyklių, be mokytojo leidimo neišeiti iš klasės;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000004F" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.37. laiku atvykti į pamokas ir į jas nevėluoti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000050" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.38. vykdyti kitas pareigas ir laikytis aiškiai įvardintų draudimų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000051" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6. Mokiniams draudžiama:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000052" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijoje ir jos teritorijoje be direktoriaus leidimo filmuoti, fotografuoti, įrašinėti kitų asmenų kalbas bei platinti turimą medžiagą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000053" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.2. žaisti azartinius žaidimus; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000054" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.3. vartoti necenzūrinius žodžius, įžeidinėti, rodyti nepadorius gestus, įžūliai ir provokuojančiai elgtis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000055" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.4. Progimnazijos patalpose, jos teritorijoje, Progimnazijos organizuojamuose pamokose kitose erdvėse, renginiuose, išvykose turėti, artimiausių gyvenamųjų namų laiptinėse vartoti ar perduoti kitiems asmenims draudžiamus daiktus (reikmenis), gaminius ar medžiagas (1 priedas). Pažeidus šią nuostatą, daiktai paimami iš mokinio ir grąžinami tik tėvams (globėjams, rūpintojams);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000056" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>draudžiama būti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos teritorijoje apsvaigus nuo kvaišalų (alkoholio, tabako, psichoaktyvių medžiagų, energetinių gėrimų ir kt.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000057" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>5.19</w:t>
-[...152 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>6.6. smurtauti: naudoti fizinę (muštis, stumdytis, spardytis ir pan.) ir psichologinę (pravardžiuotis, šaipytis, tyčiotis, grasinti, ignoruoti ir pan.) prievartą; elektronines patyčias (siuntinėti įžeidžiančias žinutes, šaipytis ar kitaip tyčiotis socialiniuose tinkluose), reketuoti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000058" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-[...966 lines deleted...]
-          <w:lang w:eastAsia="lt-LT"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6.7. savintis svetimus daiktus;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4729EB0A" w14:textId="77777777" w:rsidR="00B75AD6" w:rsidRPr="00B528E3" w:rsidRDefault="00B75AD6" w:rsidP="00647F58">
-[...154 lines deleted...]
-          <w:lang w:eastAsia="lt-LT"/>
+    <w:p w14:paraId="00000059" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.8. prekiauti Progimnazijoje (išskyrus Progimnazijos organizuojamus renginius: Kaziuko mugę, labdaros akcijas ir kt.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000005A" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.9. praleisti pamokas ir į jas vėluoti be pateisinamos priežasties;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000005B" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.10.  išeiti iš pamokos be mokytojo leidimo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000005C" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6.11.</w:t>
       </w:r>
-      <w:r w:rsidRPr="000370A4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000370A4">
-[...85 lines deleted...]
-    <w:p w14:paraId="4729EB0F" w14:textId="29E926D1" w:rsidR="00B75AD6" w:rsidRPr="000370A4" w:rsidRDefault="00B75AD6" w:rsidP="004346AA">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">naudotis mobiliaisiais įrenginiais pamokų ir popamokinių renginių (susirinkimų, valandėlių, neformaliojo švietimo užsiėmimų, konkursų, viktorinų, varžybų ir pan.) metu, jeigu tai nesusiję su ugdymo procesu (išskyrus tuos atvejus, kai mokytojas tai leidžia); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000005D" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.12. pamokos ar kitų veiklų metu gerti ar valgyti, kramtyti gumą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000005E" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.13. atsineštą maistą valgyti Progimnazijos vidaus erdvėse (išskyrus valgyklą ir kabinetus, kuriuose leidžia valgyti mokytojai); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000005F" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.14. pamokų, pertraukų ir laisvų pamokų metu išeiti iš Progimnazijos teritorijos be lydinčio mokytojo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000060" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-79" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="4729EB10" w14:textId="67E91196" w:rsidR="00B75AD6" w:rsidRPr="00F41F0B" w:rsidRDefault="00B75AD6" w:rsidP="004346AA">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.15. vestis į Progimnaziją pašalinius asmenis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000061" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-79" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="4729EB11" w14:textId="77777777" w:rsidR="00B75AD6" w:rsidRPr="00091F00" w:rsidRDefault="00B75AD6" w:rsidP="003D27A2">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.16. eiti į Progimnazijos pagalbines patalpas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000062" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-79" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.17. Žiemos metu žaisti su sniegu arti Progimnazijos pastato ar Progimnazijos patalpose, mėtyti sniegą į sienas, langus, praeivius ir transporto priemones.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000063" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRPr="008A33A1" w:rsidRDefault="00D63F8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-82"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000064" w14:textId="0D12763D" w:rsidR="00D63F8F" w:rsidRPr="008A33A1" w:rsidRDefault="00D84B98" w:rsidP="008A33A1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-79"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A33A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IV SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000066" w14:textId="5D8A700C" w:rsidR="00D63F8F" w:rsidRPr="0006270A" w:rsidRDefault="00D84B98" w:rsidP="0006270A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A33A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MOKINIŲ SKATINIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000067" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7. Mokiniai skatinami už:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000068" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7.1. puikų, labai gerą ir gerą mokymąsi ir pavyzdingą elgesį;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000069" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7.2.  pasiekimus atskirų mokomųjų dalykų srityse pagal olimpiadų, konkursų nuostatus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000006A" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7.3.  pasiekimus meno ir sporto srityse;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000006B" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7.4.  gerą pamokų lankomumą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000006C" w14:textId="26E3ECB7" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7.5.  pozityvų elgesį;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000006D" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7.6.  padarytą pažangą moksle;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000006E" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7.7. aktyvią visuomeninę, projektinę veiklą, savanorystę, naujas iniciatyvas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000070" w14:textId="2AD38B00" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="008A33A1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7.8. taurius, drąsius, pilietiškus poelgius;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000071" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8. Mokinius skatinti gali:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000072" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8.1. Progimnazijos administracija;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000073" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8.2. klasės vadovas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000074" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>8.3. dalykų mokytojai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000075" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8.4. Progimnazijos savivaldos institucijos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000076" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8.5. socialinis pedagogas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000077" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8.6. neformalaus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>švietimo užsiėmimų vadovai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000079" w14:textId="60256E84" w:rsidR="00D63F8F" w:rsidRPr="001849EF" w:rsidRDefault="00D84B98" w:rsidP="008A33A1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001849EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8.7. kiti fiziniai ir juridiniai asmenys.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000007A" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRPr="001849EF" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001849EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9. Skatinimo priemonės:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000007B" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRPr="001849EF" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001849EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9.1. pagyrimas/padėka žodžiu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000007C" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9.2. pagyrimas/padėka raštu elektroniniame TAMO dienyne;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000007D" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9.3. padėka progimnazijos direktoriaus įsakymu / padėkos raštas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000007E" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9.4. pozityvaus elgesio lipdukai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000007F" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9.5. diplomai, dovanos, prizai, išvykos, ekskursijos ir kt.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000080" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9.6. Doros ir Garbės švyturio nominacija;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000081" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="860"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9.7. įrašai į Mokslo pirmūnų knygą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000082" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D63F8F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000083" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="008A33A1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-79"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000084" w14:textId="5AE78296" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="008A33A1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DRAUSMINIMO PRIEMONĖS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30B5DEA0" w14:textId="0E8D6A2B" w:rsidR="009878AE" w:rsidRDefault="00D84B98" w:rsidP="006E325A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-80" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009878AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokiniams, pažeidusiems mokinio elgesio taisykles, gali būti taikomos šios drausminimo priemonės:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4171683E" w14:textId="2E9486E0" w:rsidR="006E325A" w:rsidRDefault="00D84B98" w:rsidP="006E325A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-80" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009878AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009878AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos administracijos pastaba žodžiu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE12D2D" w14:textId="77777777" w:rsidR="006E325A" w:rsidRDefault="006E325A" w:rsidP="006E325A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-80" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D84B98" w:rsidRPr="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojo, klasės vadovo pastaba žodžiu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27597E7B" w14:textId="77777777" w:rsidR="006E325A" w:rsidRDefault="006E325A" w:rsidP="006E325A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-80" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D84B98" w:rsidRPr="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos administracijos pastaba raštu į elektroninį TAMO dienyną;</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84B98" w:rsidRPr="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D84B98" w:rsidRPr="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D42F83" w14:textId="77777777" w:rsidR="006E325A" w:rsidRDefault="00D84B98" w:rsidP="006E325A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-80" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojo pastaba raštu į elektroninį TAMO dienyną;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AF96DDB" w14:textId="55C9ECBB" w:rsidR="006E325A" w:rsidRDefault="006E325A" w:rsidP="006E325A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-80" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D84B98" w:rsidRPr="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klasės vadovo pastaba raštu į elektroninį TAMO dienyną;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47D85A58" w14:textId="77777777" w:rsidR="006E325A" w:rsidRDefault="006E325A" w:rsidP="006E325A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-80" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D84B98" w:rsidRPr="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klasės vadovo prevencinis pokalbis su mokiniu ir drausminės poveikio priemonės skyrimas (susitarimų su mokiniu pasirašymas numatant pasekmes ir kt.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="194D8968" w14:textId="77777777" w:rsidR="006E325A" w:rsidRDefault="006E325A" w:rsidP="006E325A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-80" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D84B98" w:rsidRPr="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinio ugdymo vietos pakeitimas (laikinai atskirti mokinį nuo kitų mokinių, tęsiant jo ugdymąsi kitoje Progimnazijos patalpoje arba teikiant mokiniui reikiamą švietimo pagalbą);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E3C1882" w14:textId="77777777" w:rsidR="006E325A" w:rsidRDefault="006E325A" w:rsidP="006E325A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-80" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D84B98" w:rsidRPr="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinio daiktų patikrinimas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DABADE1" w14:textId="77777777" w:rsidR="006E325A" w:rsidRDefault="006E325A" w:rsidP="006E325A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-80" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D84B98" w:rsidRPr="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trišalis pokalbis su mokiniu ir jo tėvais (globėjais, rūpintojais);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3890CD75" w14:textId="77777777" w:rsidR="006E325A" w:rsidRDefault="00D84B98" w:rsidP="006E325A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-80" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinio elgesio svarstymas Vaiko gerovės komisijoje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C5ED317" w14:textId="77777777" w:rsidR="006E325A" w:rsidRDefault="00D84B98" w:rsidP="006E325A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-80" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus įsakymu reiškiama drausminė nuobauda – prevencinis pokalbis / pastaba / papeikimas / griežtas papeikimas /laikinas mokinio nušalinimas nuo ugdymo proceso (mokinys savarankiškai atlieka mokytojų skirtas užduotis namuose, prižiūrint tėvams (globėjams/ rūpintojams));</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="621C6D6D" w14:textId="77777777" w:rsidR="006E325A" w:rsidRDefault="00D84B98" w:rsidP="006E325A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-80" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pranešimas Šiaulių apskrities vyriausiojo policijos komisariato Raseinių rajono policijos komisariatui ir / ar Kauno apskrities vaiko teisių apsaugos skyriui</w:t>
+      </w:r>
+      <w:r w:rsidR="009878AE" w:rsidRPr="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000093" w14:textId="7291E573" w:rsidR="00D63F8F" w:rsidRPr="006E325A" w:rsidRDefault="00D84B98" w:rsidP="006E325A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-80" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Lietuvos Respublikos vaiko minimalios ir vidutinės priežiūros įstatymo (toliau – Vaiko minimalios ir vidutinės priežiūros įstatymas) nustatytais pagrindais ir tvarka kreipiamasis į Raseinių rajono savivaldybės administracijos Vaiko gerovės komisiją dėl minimalios ar vidutinės priežiūros priemonės skyrimo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000095" w14:textId="1C169737" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="006E325A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11. Mokiniui pritaikius drausminimo priemonę, pranešimu elektroniniame dienyne</w:t>
+      </w:r>
+      <w:r w:rsidR="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informuojami jo tėvai (globėjai, rūpintojai).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000098" w14:textId="723030BE" w:rsidR="00D63F8F" w:rsidRPr="008A33A1" w:rsidRDefault="00D84B98" w:rsidP="006E325A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-80" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r w:rsidR="006E325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kiriant nuobaudas, gali būti nesilaikoma nuobaudų eiliškumo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B49FABF" w14:textId="77777777" w:rsidR="008A33A1" w:rsidRDefault="008A33A1" w:rsidP="006E325A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-79" w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="502916B9" w14:textId="295FCA7A" w:rsidR="008A33A1" w:rsidRDefault="008A33A1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-79" w:firstLine="539"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VI SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000099" w14:textId="14B71EE6" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-79" w:firstLine="539"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BAIGIAMOSIOS NUOSTATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000009A" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D63F8F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:eastAsia="lt-LT"/>
-[...82 lines deleted...]
-    <w:p w14:paraId="4729EB15" w14:textId="26E57FC3" w:rsidR="00B75AD6" w:rsidRPr="004346AA" w:rsidRDefault="003D27A2" w:rsidP="00E6314E">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0000009B" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="006E325A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-79" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...54 lines deleted...]
-    <w:p w14:paraId="4729EB16" w14:textId="264288D3" w:rsidR="00B75AD6" w:rsidRPr="003D27A2" w:rsidRDefault="003D27A2" w:rsidP="00E6314E">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Su Mokinio elgesio taisyklėmis klasių vadovai mokinius pasirašytinai supažindina kiekvienų mokslo metų rugsėjo mėnesio pirmąją savaitę ar per 5 (penkias) darbo dienas, įsigaliojus jų naujai redakcijai. Mokinių supažindinimas su Mokinio elgesio taisyklėmis ar šio dokumento pakeitimais fiksuojamas iš el. dienyno išspausdintame lape „Saugaus elgesio ir kiti instruktažai“, kuris saugomas klasės vadovo kabinete</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000009C" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="006E325A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-79" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14. Tėvai (globėjai, rūpintojai) su Mokinio elgesio taisyklėmis supažindinami pranešimu elektroniniame dienyne su nuoroda į Progimnazijos interneto svetainę. Taisyklės primenamos tėvų (globėjų, rūpintojų) susirinkimų metu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000009D" w14:textId="15EDC445" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="006E325A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-79" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokinio elgesio taisyklės skelbiamos Progimnazijos interneto svetainėje </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="008D19A0" w:rsidRPr="00973EAF">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaitas"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://saltiniomokykla.lt/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008D19A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000009E" w14:textId="5D8F5159" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="006E325A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...128 lines deleted...]
-          <w:lang w:eastAsia="lt-LT"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. Pedagogai ir nepedagoginiai darbuotojai su šiomis taisyklėmis elektroninėmis priemonėmis per duomenų valdymo sistemą </w:t>
+      </w:r>
+      <w:r w:rsidR="008A33A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kontora”</w:t>
+      </w:r>
+      <w:r w:rsidR="008D19A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4729EB17" w14:textId="77777777" w:rsidR="00B75AD6" w:rsidRPr="000370A4" w:rsidRDefault="003D27A2" w:rsidP="00E6314E">
-      <w:pPr>
+    <w:p w14:paraId="0000009F" w14:textId="3DCAD525" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="006E325A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-82" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...148 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. Progimnazijos bendruomenės nariai siūlymus dėl Taisyklių pakeitimų gali teikti Vaiko gerovės komisijai.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000000A0" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98" w:rsidP="006E325A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-82" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...52 lines deleted...]
-    <w:p w14:paraId="4729EB1B" w14:textId="77777777" w:rsidR="000147EB" w:rsidRDefault="000147EB" w:rsidP="000147EB">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. Mokinio elgesio taisyklių reikalavimų vykdymą prižiūri klasės vadovas, pedagogas, administracija. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Su šiomis taisyklėmis visi mokiniai, jų tėvai (globėjai, rūpintojai), pedagogai ir kiti Progimnazijos darbuotojai supažindinami pasirašytinai arba elektroninėmis priemonėmis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000000A1" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-          <w:lang w:eastAsia="lt-LT"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>___________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4729EB1C" w14:textId="77777777" w:rsidR="00647F58" w:rsidRPr="004B6E9D" w:rsidRDefault="00647F58" w:rsidP="000147EB">
+    <w:p w14:paraId="000000A2" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D63F8F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="4729EB1D" w14:textId="77777777" w:rsidR="000147EB" w:rsidRPr="004B6E9D" w:rsidRDefault="000147EB" w:rsidP="000147EB">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="000000A3" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D63F8F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId13"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D63F8F">
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="1296"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4729EB2A" w14:textId="77777777" w:rsidR="009E649D" w:rsidRDefault="009E649D">
+    <w:p w14:paraId="017CE4A3" w14:textId="77777777" w:rsidR="00CD5ED8" w:rsidRDefault="00CD5ED8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4729EB2B" w14:textId="77777777" w:rsidR="009E649D" w:rsidRDefault="009E649D">
+    <w:p w14:paraId="77A42681" w14:textId="77777777" w:rsidR="00CD5ED8" w:rsidRDefault="00CD5ED8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4729EB28" w14:textId="77777777" w:rsidR="009E649D" w:rsidRDefault="009E649D">
+    <w:p w14:paraId="4CD08A72" w14:textId="77777777" w:rsidR="00CD5ED8" w:rsidRDefault="00CD5ED8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4729EB29" w14:textId="77777777" w:rsidR="009E649D" w:rsidRDefault="009E649D">
+    <w:p w14:paraId="2000B3F4" w14:textId="77777777" w:rsidR="00CD5ED8" w:rsidRDefault="00CD5ED8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4729EB2C" w14:textId="77777777" w:rsidR="004A04DD" w:rsidRDefault="00382871" w:rsidP="004123BB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="000000A4" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
     <w:pPr>
-      <w:pStyle w:val="Antrats"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
       <w:rPr>
-        <w:rStyle w:val="Puslapionumeris"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Puslapionumeris"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Puslapionumeris"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
-      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+      <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Puslapionumeris"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4729EB2D" w14:textId="77777777" w:rsidR="004A04DD" w:rsidRDefault="00F07C48">
+  <w:p w14:paraId="000000A5" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D63F8F">
     <w:pPr>
-      <w:pStyle w:val="Antrats"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4729EB2E" w14:textId="77777777" w:rsidR="004A04DD" w:rsidRDefault="00382871" w:rsidP="004123BB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="000000A6" w14:textId="58B4063B" w:rsidR="00D63F8F" w:rsidRDefault="00D84B98">
     <w:pPr>
-      <w:pStyle w:val="Antrats"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
       <w:rPr>
-        <w:rStyle w:val="Puslapionumeris"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Puslapionumeris"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Puslapionumeris"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
-      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+      <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Puslapionumeris"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="008B6647">
+    <w:r>
       <w:rPr>
-        <w:rStyle w:val="Puslapionumeris"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Puslapionumeris"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4729EB2F" w14:textId="77777777" w:rsidR="004A04DD" w:rsidRDefault="00F07C48">
+  <w:p w14:paraId="000000A7" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D63F8F">
     <w:pPr>
-      <w:pStyle w:val="Antrats"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4729EB30" w14:textId="77777777" w:rsidR="004A04DD" w:rsidRPr="002F6722" w:rsidRDefault="00F07C48" w:rsidP="002F6722">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="000000A8" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D63F8F">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:eastAsia="lt-LT"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="4729EB31" w14:textId="77777777" w:rsidR="004A04DD" w:rsidRDefault="00F07C48">
+  <w:p w14:paraId="000000A9" w14:textId="77777777" w:rsidR="00D63F8F" w:rsidRDefault="00D63F8F">
     <w:pPr>
-      <w:pStyle w:val="Antrats"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="35D14635"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0427000F">
+    <w:nsid w:val="44DC683B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0427001F"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
-[...17 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
-[...17 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="1224" w:hanging="504"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="1728" w:hanging="648"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="68D03C0B"/>
-[...3 lines deleted...]
-      <w:start w:val="1"/>
+    <w:nsid w:val="4E240B3A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="61C08F64"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="10"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
-[...17 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="840" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
-[...17 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1544252574">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1669939672">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="1296"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B75AD6"/>
-[...38 lines deleted...]
-    <w:rsid w:val="00F70A64"/>
+    <w:rsidRoot w:val="00D63F8F"/>
+    <w:rsid w:val="00034E4C"/>
+    <w:rsid w:val="0006270A"/>
+    <w:rsid w:val="001849EF"/>
+    <w:rsid w:val="006E325A"/>
+    <w:rsid w:val="008470D4"/>
+    <w:rsid w:val="008A33A1"/>
+    <w:rsid w:val="008D19A0"/>
+    <w:rsid w:val="009878AE"/>
+    <w:rsid w:val="009B4B04"/>
+    <w:rsid w:val="00B671A3"/>
+    <w:rsid w:val="00BB6021"/>
+    <w:rsid w:val="00CD5ED8"/>
+    <w:rsid w:val="00D63F8F"/>
+    <w:rsid w:val="00D84B98"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4729EAAA"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{B675E5B1-B0EF-488C-8DF9-CF25C0E00B40}"/>
+  <w14:docId w14:val="180539C5"/>
+  <w15:docId w15:val="{20B68DC1-CA9C-40AA-A529-10C3E8F132E5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="lt" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6362,180 +5248,352 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B75AD6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="220" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pavadinimas">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="72"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Antrats">
     <w:name w:val="header"/>
-    <w:basedOn w:val="prastasis"/>
     <w:link w:val="AntratsDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B75AD6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AntratsDiagrama">
     <w:name w:val="Antraštės Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Antrats"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B75AD6"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Puslapionumeris">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B75AD6"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Debesliotekstas">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="prastasis"/>
     <w:link w:val="DebesliotekstasDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000147EB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000147EB"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003D27A2"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Paantrat">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipersaitas">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008D19A0"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Neapdorotaspaminjimas">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008D19A0"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saltiniomokykla.lt/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6759,381 +5817,93 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...237 lines deleted...]
-</ct:contentTypeSchema>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7miHKRTfN/wfQc/8/UWz3scUSw/dhg==">CgMxLjAyDmguMjh6b3dvdDg4Z3N5OAByITFpNEpYTXY4VV82OEhfTEltR1NQcHlfeDJ1T3VWMjJHZQ==</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3FD88C1-53F5-4BD7-B17D-52B6B0B57E01}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-[...35 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>3864</Characters>
+  <Pages>7</Pages>
+  <Words>9137</Words>
+  <Characters>5209</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>43</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10620</CharactersWithSpaces>
+  <CharactersWithSpaces>14318</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>PC</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BDFF9E9F9B81614CAEAB1416B823926E</vt:lpwstr>
   </property>
 </Properties>
 </file>