--- v0 (2025-10-09)
+++ v1 (2026-02-06)
@@ -13,66 +13,66 @@
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7BD86800" w14:textId="77777777" w:rsidR="00E55AF9" w:rsidRPr="001C647E" w:rsidRDefault="00E55AF9" w:rsidP="00990A0C">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="4253" w:right="-139" w:firstLine="1701"/>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:t>Raseinių Šaltinio progimnazijos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B011162" w14:textId="6278FF0E" w:rsidR="004B02F3" w:rsidRPr="001C647E" w:rsidRDefault="00E55AF9" w:rsidP="00990A0C">
+    <w:p w14:paraId="1B011162" w14:textId="6AE2CA71" w:rsidR="004B02F3" w:rsidRPr="001C647E" w:rsidRDefault="00E55AF9" w:rsidP="00990A0C">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="4253" w:right="-139" w:firstLine="1701"/>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:t>direktoriaus 202</w:t>
       </w:r>
-      <w:r w:rsidR="00DC7061">
-        <w:t>5</w:t>
+      <w:r w:rsidR="00A30044">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:t xml:space="preserve"> m. </w:t>
       </w:r>
-      <w:r w:rsidR="00D25E80">
-        <w:t>rugsėj</w:t>
+      <w:r w:rsidR="00A30044">
+        <w:t>sausi</w:t>
       </w:r>
       <w:r w:rsidR="00DE4519" w:rsidRPr="001C647E">
         <w:t xml:space="preserve">o  </w:t>
       </w:r>
       <w:r w:rsidR="00881BED" w:rsidRPr="001C647E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:t xml:space="preserve">  d.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72E76E05" w14:textId="63703AB8" w:rsidR="00E55AF9" w:rsidRPr="001C647E" w:rsidRDefault="007E100B" w:rsidP="00990A0C">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="4253" w:right="-139" w:firstLine="1701"/>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:t>įsakymo Nr. V1-</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BE27097" w14:textId="7D069A66" w:rsidR="004B02F3" w:rsidRPr="001C647E" w:rsidRDefault="004B02F3" w:rsidP="00990A0C">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="4253" w:right="-139" w:firstLine="1701"/>
       </w:pPr>
@@ -215,124 +215,113 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Šios sistemos nuostatos parengtos vadovaujantis Lietuvos Respublikos darbo kodekso nuostatomis ir jas įgyvendinančiais teisės aktais, </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Lietuvos Respublikos biudžetinių įstaigų darbuotojų darbo apmokėjimo ir komisijos narių atlygio už darbą įstatymu (toliau – DAĮ), Lietuvos respublikos Vyriausybės patvirtintomis darbo apmokėjimo sistemos nustatymo rekomendacijomis, </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Progimnazijos darbo tvarkos taisyklėmis ir yra suderintos su kitais Progimnazijos lokaliniais teisės aktais bei taikomos apskaičiuojant ir išmokant pagal darbo sutartis dirbančių darbuotojų darbo užmokestį.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B51088F" w14:textId="665C90AE" w:rsidR="00E55AF9" w:rsidRPr="001C647E" w:rsidRDefault="00E55AF9" w:rsidP="00AB4215">
+    <w:p w14:paraId="7B51088F" w14:textId="4403052A" w:rsidR="00E55AF9" w:rsidRPr="001C647E" w:rsidRDefault="00E55AF9" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1972"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="142"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sistemoje vartojamos sąvokos atitinka </w:t>
       </w:r>
       <w:r w:rsidR="009F5863" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Lietuvos Respublikos biudžetinių įstaigų darbuotojų </w:t>
       </w:r>
       <w:r w:rsidR="00753426" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> darbo apmokėjimo ir komisijų narių atlygio už darbą įstatyme</w:t>
+        <w:t>darbo apmokėjimo ir komisijų narių atlygio už darbą įstatyme</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> apibrėžtas</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sąvokas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EC24D15" w14:textId="77777777" w:rsidR="00E55AF9" w:rsidRDefault="00E55AF9" w:rsidP="00E55AF9">
-      <w:pPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="0B01532C" w14:textId="77777777" w:rsidR="00EC23DD" w:rsidRPr="001C647E" w:rsidRDefault="00EC23DD" w:rsidP="00E55AF9">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:before="7"/>
         <w:ind w:left="0" w:right="144" w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CB73E9A" w14:textId="2CE967A6" w:rsidR="00E55AF9" w:rsidRPr="001C647E" w:rsidRDefault="00E55AF9" w:rsidP="00E55AF9">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:right="144"/>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:t>II SKYRIUS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F1417A4" w14:textId="7E98F335" w:rsidR="00E55AF9" w:rsidRPr="001C647E" w:rsidRDefault="00E55AF9" w:rsidP="00E55AF9">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
@@ -639,156 +628,149 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000E7AF7" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aukštojo mokslo kvalifikacija</w:t>
       </w:r>
       <w:r w:rsidR="00E55AF9" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> arba aukštasis koleginis išsilavinimas su profesinio bakalauro kvalifikaciniu laipsniu ar jam </w:t>
       </w:r>
       <w:r w:rsidR="000E7AF7" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lygiaverte aukštojo mokslo kvalifikacija;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B83157C" w14:textId="5393FB6E" w:rsidR="00E55AF9" w:rsidRPr="001C647E" w:rsidRDefault="00E55AF9" w:rsidP="00AB4215">
+    <w:p w14:paraId="6B83157C" w14:textId="76C54A61" w:rsidR="00E55AF9" w:rsidRPr="001C647E" w:rsidRDefault="00E55AF9" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="2168"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="142"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">B lygio – </w:t>
       </w:r>
       <w:r w:rsidR="00743315" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kompiuterinių sistemų specialisto </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pareigybė, kuri</w:t>
       </w:r>
       <w:r w:rsidR="00056772" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ai</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> būtinas ne žemesnis kaip </w:t>
+        <w:t xml:space="preserve"> būtinas ne žemesnis kaip aukštesnysis išsilavinimas </w:t>
+      </w:r>
+      <w:r w:rsidR="00853643" w:rsidRPr="001C647E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">įgytas iki 2009 m., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C647E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar specialusis vidurinis išsilavinimas, įgyt</w:t>
+      </w:r>
+      <w:r w:rsidR="00853643" w:rsidRPr="001C647E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C647E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iki 1995</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C647E">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">aukštesnysis išsilavinimas </w:t>
-[...41 lines deleted...]
-        </w:rPr>
         <w:t>metų;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="285F8CD1" w14:textId="16C4EADF" w:rsidR="0047022D" w:rsidRPr="001C647E" w:rsidRDefault="00E55AF9" w:rsidP="00AB4215">
+    <w:p w14:paraId="285F8CD1" w14:textId="1619F5A6" w:rsidR="0047022D" w:rsidRPr="001C647E" w:rsidRDefault="00E55AF9" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="142"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
@@ -977,105 +959,119 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(ar)</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="-12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">įgyta profesinė kvalifikacija; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="166CA16E" w14:textId="7A22CAB2" w:rsidR="00E55AF9" w:rsidRPr="001C647E" w:rsidRDefault="00E55AF9" w:rsidP="00AB4215">
+        <w:t xml:space="preserve">įgyta kvalifikacija; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="166CA16E" w14:textId="10BD33C8" w:rsidR="00E55AF9" w:rsidRPr="001C647E" w:rsidRDefault="00E55AF9" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="142"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">D lygio - </w:t>
+        <w:t xml:space="preserve">D lygio </w:t>
+      </w:r>
+      <w:r w:rsidR="00A30044">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C647E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00340D00" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">valytojo, kiemsargio, rūbininko, pastatų </w:t>
       </w:r>
       <w:r w:rsidR="007502BA" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ir sistemų </w:t>
       </w:r>
       <w:r w:rsidR="00340D00" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">priežiūros ir einamojo remonto darbininko </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>pareigybės, kurioms netaikomi išsilavinimo ar profesinės kvalifikacijos reikalavimai.</w:t>
+        <w:t>pareigybės, kurioms netaikomi išsilavinimo ar kvalifikacijos reikalavimai.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F1AD69E" w14:textId="105D02C4" w:rsidR="00C608AB" w:rsidRPr="001C647E" w:rsidRDefault="00C608AB" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="142"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1181,77 +1177,70 @@
       </w:r>
       <w:r w:rsidR="00C45C5C" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ių</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) pareigybė priskiriama A2 lygiui; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51AC38CD" w14:textId="493AB855" w:rsidR="00C45C5C" w:rsidRPr="001C647E" w:rsidRDefault="00C45C5C" w:rsidP="00AB4215">
+    <w:p w14:paraId="51AC38CD" w14:textId="457830E2" w:rsidR="00C45C5C" w:rsidRPr="001C647E" w:rsidRDefault="00C45C5C" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="142"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Specialistai,</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kurių pareigybės priskiriamos A (A1 arba A2) arba B lygiui, atsižvelgiant į būtiną išsilavinimą toms pareigoms eiti: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47E138E6" w14:textId="2650BDC7" w:rsidR="00BD15B1" w:rsidRPr="001C647E" w:rsidRDefault="00BD15B1" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
@@ -1617,109 +1606,130 @@
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="142"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokinio padėjėjas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="313D97C4" w14:textId="23A20A83" w:rsidR="00664B71" w:rsidRPr="001C647E" w:rsidRDefault="003862F1" w:rsidP="00AB4215">
+    <w:p w14:paraId="313D97C4" w14:textId="126F7E64" w:rsidR="00664B71" w:rsidRPr="001C647E" w:rsidRDefault="003862F1" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="142"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nekvalifikuoti darbuotojai,</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> kurių pareigybės priskiriamos D lygiui;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5597A6DF" w14:textId="133D6BC6" w:rsidR="003862F1" w:rsidRPr="001C647E" w:rsidRDefault="003862F1" w:rsidP="00AB4215">
+        <w:t xml:space="preserve"> kurių pareigybės priskiriamos D lygiui</w:t>
+      </w:r>
+      <w:r w:rsidR="00A30044">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5597A6DF" w14:textId="5541CC4C" w:rsidR="003862F1" w:rsidRPr="001C647E" w:rsidRDefault="00A30044" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="142"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001C647E">
-[...4 lines deleted...]
-        <w:t>valytojas</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="003862F1" w:rsidRPr="001C647E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alytojas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="574A40FF" w14:textId="3D9324B9" w:rsidR="003862F1" w:rsidRPr="001C647E" w:rsidRDefault="003862F1" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="142"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2139,90 +2149,104 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>konkretus pareigybės</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lygis;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="061083BE" w14:textId="6A68E49F" w:rsidR="00E55AF9" w:rsidRPr="001C647E" w:rsidRDefault="00E55AF9" w:rsidP="00AB4215">
+    <w:p w14:paraId="061083BE" w14:textId="72CDA897" w:rsidR="00E55AF9" w:rsidRPr="001C647E" w:rsidRDefault="00E55AF9" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="2131"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="3"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>specialieji reikalavimai, keliami šias pareigas einančiam darbuotoju</w:t>
       </w:r>
       <w:r w:rsidR="0047022D" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">i </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(išsilavinimas, darbo patirtis, profesinė kvalifikacija);</w:t>
+        <w:t>(išsilavinimas, darbo patirtis, kvalifikacija</w:t>
+      </w:r>
+      <w:r w:rsidR="00040C08">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar kiti specialieji reikalavimai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C647E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51C80560" w14:textId="2E7E6425" w:rsidR="00E55AF9" w:rsidRPr="001C647E" w:rsidRDefault="00E55AF9" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="2128"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="3"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -2238,52 +2262,59 @@
         <w:t>ei priskirtos funkcijos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0687EDAD" w14:textId="77777777" w:rsidR="007502BA" w:rsidRPr="001C647E" w:rsidRDefault="007502BA" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Bodytext20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">Progimnazijos darbuotojų darbo užmokestį, priklausomai nuo atitinkamų reikalavimų (išsilavinimo, stažo, kvalifikacinės kategorijos), taikomų atitinkamos pareigybės darbo apmokėjimui </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C647E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Progimnazijos darbuotojų darbo užmokestį, priklausomai nuo atitinkamų reikalavimų (išsilavinimo, stažo, kvalifikacinės kategorijos), taikomų atitinkamos pareigybės darbo apmokėjimui sudaro:</w:t>
+        <w:t>sudaro:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37F57AF2" w14:textId="77777777" w:rsidR="007502BA" w:rsidRPr="001C647E" w:rsidRDefault="007502BA" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Bodytext20"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pareiginė alga;</w:t>
@@ -2367,103 +2398,85 @@
     <w:p w14:paraId="6365EE41" w14:textId="77777777" w:rsidR="007502BA" w:rsidRPr="001C647E" w:rsidRDefault="007502BA" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Bodytext20"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kintamoji dalis (sistemoje numatytais atvejais).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="587223A1" w14:textId="77777777" w:rsidR="007502BA" w:rsidRPr="001C647E" w:rsidRDefault="007502BA" w:rsidP="00AB4215">
+    <w:p w14:paraId="587223A1" w14:textId="584757E0" w:rsidR="007502BA" w:rsidRPr="001C647E" w:rsidRDefault="007502BA" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Bodytext20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Pareiginė alga Progimnazijos darbuotojams nustatoma pareiginės algos koeficientą dauginant iš pareiginės algos bazinio dydžio. </w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Sraopastraipa"/>
+        <w:t xml:space="preserve">Pareiginė alga Progimnazijos darbuotojams nustatoma pareiginės algos koeficientą dauginant iš pareiginės algos bazinio dydžio. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5794418F" w14:textId="77777777" w:rsidR="00EC23DD" w:rsidRPr="00312702" w:rsidRDefault="00EC23DD" w:rsidP="00312702">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="2128"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="851" w:right="3" w:firstLine="0"/>
-[...16 lines deleted...]
-        <w:ind w:left="851" w:right="3" w:firstLine="0"/>
+        <w:ind w:right="3"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01831A15" w14:textId="6A522A42" w:rsidR="00E55AF9" w:rsidRPr="001C647E" w:rsidRDefault="0047022D" w:rsidP="0047022D">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:t xml:space="preserve">III </w:t>
       </w:r>
       <w:r w:rsidR="00E55AF9" w:rsidRPr="001C647E">
         <w:t>SKYRIUS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D8C41D1" w14:textId="77777777" w:rsidR="00E55AF9" w:rsidRPr="001C647E" w:rsidRDefault="00E55AF9" w:rsidP="0047022D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
@@ -2513,73 +2526,73 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MINIMALUS DARBO UŽMOKESTIS. NEKVALIFIKUOTAS DARBAS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DF37403" w14:textId="77777777" w:rsidR="00263F14" w:rsidRPr="001C647E" w:rsidRDefault="00263F14" w:rsidP="0047022D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00E74F6B" w14:textId="693917F0" w:rsidR="007502BA" w:rsidRPr="00873CA6" w:rsidRDefault="007502BA" w:rsidP="00AB4215">
+    <w:p w14:paraId="00E74F6B" w14:textId="42E9FF77" w:rsidR="007502BA" w:rsidRPr="00873CA6" w:rsidRDefault="007502BA" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="3"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Konkreti pareiginė alga, kitos darbo apmokėjimo formos ir sąlygos, darbo normos nustatomos su darbuotoju sudaromoje darbo sutartyje, kuri turi atitikti šios sistemos nuostatas.</w:t>
+        <w:t>Konkreti pareiginė alga, kitos darbo apmokėjimo formos ir sąlygos, darbo normos nustatomos su darbuotoju sudaromoje darbo sutartyje, kuri turi atitikti šios sistemos nuostatas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38D428ED" w14:textId="60ADA6DD" w:rsidR="00E55AF9" w:rsidRPr="00873CA6" w:rsidRDefault="00E55AF9" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="3"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Darbuotojų</w:t>
@@ -3243,100 +3256,88 @@
     <w:p w14:paraId="0AB96CF6" w14:textId="2D3A687D" w:rsidR="00177245" w:rsidRPr="001C647E" w:rsidRDefault="00177245" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Bodytext20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Už darbą švenčių dieną ar poilsio dieną, kuri nenustatyta pagal darbo grafiką, mokamas dvigubas darbuotojo darbo užmokestis arba darbuotojo prašymu gali būti suteikiamos dvi poilsio dienos, kurios pridedamos prie kasmetinių atostogų laiko ir apmokamos darbuotojo darbo užmokesčiu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0695BD69" w14:textId="77777777" w:rsidR="00177245" w:rsidRPr="001C647E" w:rsidRDefault="00177245" w:rsidP="00AB4215">
+    <w:p w14:paraId="442DE3D0" w14:textId="6C2F05A7" w:rsidR="00EC23DD" w:rsidRPr="00A92BA0" w:rsidRDefault="00177245" w:rsidP="003915BC">
       <w:pPr>
         <w:pStyle w:val="Bodytext20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Darbuotojui vykstant į komandiruotę Lietuvoje ar užsienyje vadovaujamasi Lietuvos Respublikos valstybės nutarimu „Dėl dienpinigių ir kitų komandiruočių išlaidų apmokėjimo“.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74B8E268" w14:textId="3965DC6F" w:rsidR="007502BA" w:rsidRDefault="007502BA" w:rsidP="003915BC">
-[...17 lines deleted...]
-    <w:p w14:paraId="1E569711" w14:textId="48E5195D" w:rsidR="00E55AF9" w:rsidRPr="001C647E" w:rsidRDefault="00177245" w:rsidP="00E55AF9">
+    <w:p w14:paraId="0C3FEFD7" w14:textId="77777777" w:rsidR="00A30044" w:rsidRDefault="00A30044" w:rsidP="00E55AF9">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:ind w:left="673"/>
       </w:pPr>
-      <w:r w:rsidRPr="001C647E">
+    </w:p>
+    <w:p w14:paraId="1E569711" w14:textId="25FA3E97" w:rsidR="00E55AF9" w:rsidRPr="001C647E" w:rsidRDefault="00177245" w:rsidP="00E55AF9">
+      <w:pPr>
+        <w:pStyle w:val="Antrat1"/>
+        <w:ind w:left="673"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001C647E">
+        <w:lastRenderedPageBreak/>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00E55AF9" w:rsidRPr="001C647E">
         <w:t>REČIASIS</w:t>
       </w:r>
       <w:r w:rsidR="00E55AF9" w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="58"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E55AF9" w:rsidRPr="001C647E">
         <w:t>SKIRSNIS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AEE2D01" w14:textId="77777777" w:rsidR="00E55AF9" w:rsidRPr="001C647E" w:rsidRDefault="00E55AF9" w:rsidP="00E55AF9">
       <w:pPr>
         <w:ind w:left="667"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -4059,66 +4060,50 @@
         <w:t>IŠMOKŲ</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MOKĖJIMO TVARKA IR SĄLYGOS</w:t>
       </w:r>
       <w:r w:rsidR="00E21CEE" w:rsidRPr="001C647E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. DARBUOTOJŲ SKATINIMAS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AE98C26" w14:textId="77777777" w:rsidR="00800A6B" w:rsidRPr="001C647E" w:rsidRDefault="00800A6B" w:rsidP="00AA512C">
       <w:pPr>
         <w:ind w:left="672"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:vanish/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46BD6511" w14:textId="3DF2C983" w:rsidR="00AA512C" w:rsidRPr="001C647E" w:rsidRDefault="00AA512C" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
@@ -4212,60 +4197,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>iki 2</w:t>
       </w:r>
       <w:r w:rsidR="005211B1" w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareiginių algų dydžio piniginė</w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> išmoka už asmeninį išskirtinį indėlį įgyvendinant Progimnazijos nustatytus tikslus arba už pasiektus rezultatus ir įgyvendintus uždavinius (tačiau ne </w:t>
-[...8 lines deleted...]
-        <w:t>dažniau kaip du kartus per kalendorinius metus);</w:t>
+        <w:t xml:space="preserve"> išmoka už asmeninį išskirtinį indėlį įgyvendinant Progimnazijos nustatytus tikslus arba už pasiektus rezultatus ir įgyvendintus uždavinius (tačiau ne dažniau kaip du kartus per kalendorinius metus);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BC3BC4D" w14:textId="1C77D5EA" w:rsidR="00EB345D" w:rsidRPr="00873CA6" w:rsidRDefault="00EB345D" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="2248"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -4316,50 +4292,51 @@
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="2248"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">finansuojant kvalifikacijos tobulinimą ne didesne kaip biudžetinės </w:t>
       </w:r>
       <w:r w:rsidR="00166412" w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojo vienos pareiginės algos dydžio suma per metu</w:t>
       </w:r>
       <w:r w:rsidR="006414D8" w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>s;</w:t>
@@ -4520,100 +4497,128 @@
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="2488"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kito darbuotojo pavadavimą, kai raštu pavedama laikinai atlikti kito darbuotojo pareigybei nustatytas funkcijas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72E50C59" w14:textId="214D8F54" w:rsidR="006C45F9" w:rsidRPr="00873CA6" w:rsidRDefault="006C45F9" w:rsidP="00AB4215">
+    <w:p w14:paraId="72E50C59" w14:textId="4783713B" w:rsidR="006C45F9" w:rsidRPr="00873CA6" w:rsidRDefault="006C45F9" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>darbuotojui, vykdančiam kitų darbuotojų (A, B, C lygio, išskyrus peda</w:t>
       </w:r>
       <w:r w:rsidR="00F82484" w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>goginių) dalį funkcijų, mokama 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0 procentų pareiginės algos dydžio priemoka už 1 mėnesio pava</w:t>
       </w:r>
       <w:r w:rsidR="00F82484" w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>davimą, 20-6</w:t>
+        <w:t>davimą, 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00A30044">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F82484" w:rsidRPr="00873CA6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A30044">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F82484" w:rsidRPr="00873CA6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">0 procentų už pavadavimą nuo 2 </w:t>
       </w:r>
       <w:r w:rsidR="00551D26" w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 mėnesių, priklausomai nuo atliekamų funkcijų pobūdžio,</w:t>
       </w:r>
       <w:r w:rsidR="0017799F" w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -5100,84 +5105,84 @@
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk160031704"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>pedagoginiams ir nepedagoginiams darbuotojams gali būti skiriama priemoka už įprastą darbo krūvį viršijančią veiklą, kai yra padidėjęs darbų mastas, atliekant pareigybės aprašyme nustatytas funkcijas, bet neviršijama nustatyta darbo laiko trukmė.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="3009B882" w14:textId="1FCA24F8" w:rsidR="00512DF8" w:rsidRPr="001C647E" w:rsidRDefault="00512DF8" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Kiekviena priemoka, nurodyta sistemos 3</w:t>
       </w:r>
       <w:r w:rsidR="00D25E80">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> punkte, negali būti mažesnė kaip 10 procentų pareiginės algos, o jų suma negali viršyti 80 procentų pareiginės algos.</w:t>
       </w:r>
       <w:r w:rsidR="00DC7061">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Šios nuostatos netaikomos mokytojams ir pagalbos mokiniui specialistams.</w:t>
@@ -5255,123 +5260,122 @@
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1992" w:right="4110" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39C1D709" w14:textId="77777777" w:rsidR="00AA512C" w:rsidRPr="001C647E" w:rsidRDefault="00AA512C" w:rsidP="00AA512C">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:ind w:left="0" w:right="-1" w:hanging="3"/>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:t>ŠEŠTASIS SKIRSNIS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66E0EF0D" w14:textId="1EF91040" w:rsidR="00AA512C" w:rsidRPr="001C647E" w:rsidRDefault="00AA512C" w:rsidP="00AA512C">
+    <w:p w14:paraId="66E0EF0D" w14:textId="189BD175" w:rsidR="00AA512C" w:rsidRPr="001C647E" w:rsidRDefault="00AA512C" w:rsidP="00AA512C">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:ind w:left="0" w:right="-1" w:hanging="3"/>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
-        <w:t xml:space="preserve"> MATERIALINĖS PAŠALPOS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5E3FB6CA" w14:textId="77777777" w:rsidR="00AA512C" w:rsidRPr="001C647E" w:rsidRDefault="00AA512C" w:rsidP="00AA512C">
+        <w:t>MATERIALINĖS PAŠALPOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E3FB6CA" w14:textId="77777777" w:rsidR="00AA512C" w:rsidRPr="001779D2" w:rsidRDefault="00AA512C" w:rsidP="00AA512C">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="7"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:b/>
-          <w:sz w:val="29"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C361C23" w14:textId="38CF7E9C" w:rsidR="00512DF8" w:rsidRPr="001C647E" w:rsidRDefault="00512DF8" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Materialinės pašalpos dydis priklauso nuo konkrečių aplinkybių ir Progimnazijai skirtų lėšų</w:t>
       </w:r>
       <w:r w:rsidR="00800A6B" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D5440E5" w14:textId="1AFA18FB" w:rsidR="00AA512C" w:rsidRPr="001C647E" w:rsidRDefault="00220609" w:rsidP="00AB4215">
+    <w:p w14:paraId="4D5440E5" w14:textId="6A1B4D46" w:rsidR="00AA512C" w:rsidRPr="001C647E" w:rsidRDefault="00220609" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Progimnazijos  darbuotojams, kurių materialinė būklė tapo sunki dėl jų pačių </w:t>
+        <w:t xml:space="preserve">Progimnazijos darbuotojams, kurių materialinė būklė tapo sunki dėl jų pačių </w:t>
       </w:r>
       <w:r w:rsidR="00AA512C" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ligos, artimųjų giminaičių, sutuoktinio, partnerio, sugyventinio, jo tėvų, vaikų (įvaikių), brolių (įbrolių) ir seserų (įseserių), taip pat išlaikytinių, kurių globėjais ar rūpintojais įstatymų nustatyta tvarka yra paskirti Progimnazijos darbuotojai, ligos ar mirties, stichinės nelaimės ar turto netekimo, </w:t>
       </w:r>
       <w:r w:rsidR="00BD7A44" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>gali būti skiriama iki 5 minimaliųjų mėnesinių algų dydžio materialinė pašalpa iš Progimnazijai skirtų</w:t>
       </w:r>
       <w:r w:rsidR="00BD7A44" w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BD7A44" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">lėšų, </w:t>
@@ -5478,92 +5482,96 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadovą, skiria Progimnazijos direktorius ar jo įgaliotas asmuo iš Progimnazijai skirtų lėšų. Progimnazijos direktoriui materialinę pašalpą skiria savininko teises ir pareigas įgyvendinanti institucija iš jo vadovaujamai Progimnazijai skirtų</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>lėšų.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6882158E" w14:textId="77777777" w:rsidR="003915BC" w:rsidRPr="001C647E" w:rsidRDefault="003915BC" w:rsidP="00AB4215">
+    <w:p w14:paraId="6882158E" w14:textId="77777777" w:rsidR="003915BC" w:rsidRPr="001779D2" w:rsidRDefault="003915BC" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C4B84C0" w14:textId="030EC401" w:rsidR="00645500" w:rsidRPr="001C647E" w:rsidRDefault="00645500" w:rsidP="00645500">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:t>SEPTINTASIS SKIRSNIS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48306283" w14:textId="77777777" w:rsidR="00645500" w:rsidRPr="001C647E" w:rsidRDefault="00645500" w:rsidP="00645500">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>DARBO UŽMOKESČIO MOKĖJIMO TERMINAI, TVARKA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03400E3D" w14:textId="77777777" w:rsidR="00645500" w:rsidRPr="001C647E" w:rsidRDefault="00645500" w:rsidP="00645500">
+    <w:p w14:paraId="03400E3D" w14:textId="77777777" w:rsidR="00645500" w:rsidRPr="001779D2" w:rsidRDefault="00645500" w:rsidP="00645500">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B6EFB0C" w14:textId="77777777" w:rsidR="00645500" w:rsidRPr="001C647E" w:rsidRDefault="00645500" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Darbo užmokestis darbuotojui mokamas ne rečiau kaip du kartus per mėnesį, o jeigu darbuotojas prašo, – kartą per mėnesį.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BA1E0BD" w14:textId="77777777" w:rsidR="00645500" w:rsidRPr="001C647E" w:rsidRDefault="00645500" w:rsidP="00AB4215">
       <w:pPr>
@@ -5793,51 +5801,50 @@
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>informacija</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>apie jam apskaičiuotas, išmokėtas ir išskaičiuotas sumas ir apie darbo laiko</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="-16"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>trukmę.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3025C088" w14:textId="201387E6" w:rsidR="00883181" w:rsidRPr="001C647E" w:rsidRDefault="00645500" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5996,101 +6003,108 @@
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>jis</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>dirbo, darbo užmokesčio dydis ir sumokėtų mokesčių bei valstybinio socialinio draudimo įmokų</w:t>
+        <w:t xml:space="preserve">dirbo, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C647E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>darbo užmokesčio dydis ir sumokėtų mokesčių bei valstybinio socialinio draudimo įmokų</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="-19"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>dydis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2851331C" w14:textId="77777777" w:rsidR="00E870AF" w:rsidRPr="001C647E" w:rsidRDefault="00E870AF" w:rsidP="00E870AF">
+    <w:p w14:paraId="2851331C" w14:textId="77777777" w:rsidR="00E870AF" w:rsidRPr="001779D2" w:rsidRDefault="00E870AF" w:rsidP="00E870AF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="0" w:firstLine="0"/>
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E9F56B6" w14:textId="77777777" w:rsidR="00883181" w:rsidRPr="001C647E" w:rsidRDefault="00883181" w:rsidP="00883181">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:ind w:left="0" w:right="-1"/>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:t xml:space="preserve">AŠTUNTASIS SKIRSNIS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71CE7CE6" w14:textId="77777777" w:rsidR="00883181" w:rsidRPr="001C647E" w:rsidRDefault="00883181" w:rsidP="00883181">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:ind w:left="0" w:right="-1"/>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:t>IŠSKAITOS IŠ DARBO UŽMOKESČIO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="199A7C44" w14:textId="77777777" w:rsidR="00883181" w:rsidRPr="001C647E" w:rsidRDefault="00883181" w:rsidP="00883181">
+    <w:p w14:paraId="199A7C44" w14:textId="77777777" w:rsidR="00883181" w:rsidRPr="001779D2" w:rsidRDefault="00883181" w:rsidP="00883181">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="569E0828" w14:textId="6A7F443B" w:rsidR="00883181" w:rsidRPr="001C647E" w:rsidRDefault="00883181" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Išskaitos </w:t>
@@ -6644,58 +6658,58 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="258F9866" w14:textId="1BAC76F8" w:rsidR="00301713" w:rsidRPr="001C647E" w:rsidRDefault="00301713" w:rsidP="00301713">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:t>DEVINTASIS SKIRSNIS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38A085FE" w14:textId="3991B312" w:rsidR="00301713" w:rsidRPr="001C647E" w:rsidRDefault="00301713" w:rsidP="00301713">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:t>LIGOS PAŠALPOS MOKĖJIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01414130" w14:textId="77777777" w:rsidR="00301713" w:rsidRPr="001C647E" w:rsidRDefault="00301713" w:rsidP="00AB4215">
+    <w:p w14:paraId="01414130" w14:textId="77777777" w:rsidR="00301713" w:rsidRPr="001779D2" w:rsidRDefault="00301713" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F6E6EBB" w14:textId="02B4A2BB" w:rsidR="00301713" w:rsidRPr="001C647E" w:rsidRDefault="00301713" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Ligos pašalpa mokama už pirmąsias dvi kalendorines ligos dienas, sutampančias su darbuotojo darbo grafiku. Mokama ligos pašalpa negali būti mažesnė negu 62,06 procentų pašalpos gavėjo vidutinio uždarbio, apskaičiuoto Lietuvos Respublikos Vyriausybės nustatyta</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="-17"/>
@@ -6806,56 +6820,56 @@
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>PIRMASIS SKIRSNIS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BC2961D" w14:textId="64B566F7" w:rsidR="00301713" w:rsidRPr="001C647E" w:rsidRDefault="00301713" w:rsidP="00A27BAF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>PAREIGINĖS ALGOS NUSTATYMO PROGIMNAZIJOS DARBUOTOJAMS KRITERIJAI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64D89392" w14:textId="77777777" w:rsidR="00A27BAF" w:rsidRPr="001C647E" w:rsidRDefault="00A27BAF" w:rsidP="00301713">
+    <w:p w14:paraId="64D89392" w14:textId="77777777" w:rsidR="00A27BAF" w:rsidRPr="001779D2" w:rsidRDefault="00A27BAF" w:rsidP="00301713">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F1F41A5" w14:textId="42B69FDB" w:rsidR="00A27BAF" w:rsidRPr="001C647E" w:rsidRDefault="00A27BAF" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:strike/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -7002,51 +7016,50 @@
         </w:rPr>
         <w:t>tvarka.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="434F3297" w14:textId="77777777" w:rsidR="00CD2DC6" w:rsidRPr="001C647E" w:rsidRDefault="00CD2DC6" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Progimnazijoje patvirtintos pareigybės, jų darbo</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>apmokėjimas:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EFB429E" w14:textId="2A47092A" w:rsidR="007224D1" w:rsidRPr="001C647E" w:rsidRDefault="00281D93" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
@@ -7079,154 +7092,155 @@
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="135958F5" w14:textId="21A0E8E4" w:rsidR="00200AB5" w:rsidRPr="001C647E" w:rsidRDefault="000E32AC" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>pareiginės algos koeficientą nustato į pareigas priimantis asmuo, vadovaudamasis</w:t>
+        <w:t xml:space="preserve">pareiginės algos koeficientą nustato į pareigas priimantis asmuo, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C647E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>vadovaudamasis</w:t>
       </w:r>
       <w:r w:rsidR="00E94BE6" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> DAĮ 2 priedu ir atsižvelgiant į </w:t>
       </w:r>
       <w:r w:rsidR="00A3350A" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>progimnazijoje ugdomų mokinių skaičių</w:t>
       </w:r>
       <w:r w:rsidR="00A41D99" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, pedagoginio darbo stažą bei veiklos sudėtingumą;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5054B0FB" w14:textId="77777777" w:rsidR="00CD2DC6" w:rsidRPr="001C647E" w:rsidRDefault="00CD2DC6" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="2275"/>
         </w:tabs>
         <w:spacing w:before="41" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:t>Progimnazijos direktoriaus pavaduotojas</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:t>ugdymui:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D8848A" w14:textId="27423B28" w:rsidR="00084CC1" w:rsidRPr="001C647E" w:rsidRDefault="00CD2DC6" w:rsidP="00AB4215">
+    <w:p w14:paraId="26D8848A" w14:textId="543CE130" w:rsidR="00084CC1" w:rsidRPr="001C647E" w:rsidRDefault="00CD2DC6" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:strike/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Progimnazijos direktorius</w:t>
       </w:r>
       <w:r w:rsidR="00766B08" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00766B08" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vadovaujantis DAĮ 2 priedu, nustato</w:t>
       </w:r>
       <w:r w:rsidR="00F47013" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> fiksuotą mėnesinio darbo užmokesčio </w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pareiginės algos </w:t>
       </w:r>
       <w:r w:rsidR="00AB2C42" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>koeficient</w:t>
       </w:r>
       <w:r w:rsidR="00F47013" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, atsižvelgiant į pedagoginio darbo stažą, mokinių skaičių ir veiklos</w:t>
       </w:r>
@@ -7644,156 +7658,182 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>iki 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AC6A382" w14:textId="0A3CDEE1" w:rsidR="00AB2C42" w:rsidRPr="00296FC9" w:rsidRDefault="00296FC9" w:rsidP="00AB2C42">
+          <w:p w14:paraId="5AC6A382" w14:textId="1FC460C7" w:rsidR="00AB2C42" w:rsidRPr="00296FC9" w:rsidRDefault="00296FC9" w:rsidP="00AB2C42">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="257" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00296FC9">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>2,1159</w:t>
+              <w:t>2,</w:t>
+            </w:r>
+            <w:r w:rsidR="0045632E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>2778</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="117B9B34" w14:textId="4F0E9C8A" w:rsidR="00AB2C42" w:rsidRPr="00296FC9" w:rsidRDefault="00296FC9" w:rsidP="00AB2C42">
+          <w:p w14:paraId="117B9B34" w14:textId="010676AE" w:rsidR="00AB2C42" w:rsidRPr="00296FC9" w:rsidRDefault="00296FC9" w:rsidP="00AB2C42">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="257" w:lineRule="atLeast"/>
               <w:ind w:hanging="108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00296FC9">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>2,1205</w:t>
+              <w:t>2,</w:t>
+            </w:r>
+            <w:r w:rsidR="003B6D70">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>2827</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DFDDFB9" w14:textId="50EF72EC" w:rsidR="00AB2C42" w:rsidRPr="00296FC9" w:rsidRDefault="00296FC9" w:rsidP="00AB2C42">
+          <w:p w14:paraId="4DFDDFB9" w14:textId="1CB3305F" w:rsidR="00AB2C42" w:rsidRPr="00296FC9" w:rsidRDefault="00296FC9" w:rsidP="00AB2C42">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="257" w:lineRule="atLeast"/>
               <w:ind w:hanging="79"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00296FC9">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>2,1232</w:t>
+              <w:t>2,</w:t>
+            </w:r>
+            <w:r w:rsidR="003B6D70">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>2856</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="652A5C57" w14:textId="77777777" w:rsidTr="00E13CBE">
         <w:trPr>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
@@ -7816,170 +7856,175 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>501 ir daugiau</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7916701C" w14:textId="5E07AD42" w:rsidR="00AB2C42" w:rsidRPr="00296FC9" w:rsidRDefault="00296FC9" w:rsidP="00AB2C42">
+          <w:p w14:paraId="7916701C" w14:textId="211FD034" w:rsidR="00AB2C42" w:rsidRPr="00296FC9" w:rsidRDefault="003B6D70" w:rsidP="00AB2C42">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="257" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00296FC9">
+            <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>2,1291</w:t>
+              <w:t>2,2920</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CD7E7D7" w14:textId="3E30C2B9" w:rsidR="00AB2C42" w:rsidRPr="00296FC9" w:rsidRDefault="00296FC9" w:rsidP="00AB2C42">
+          <w:p w14:paraId="6CD7E7D7" w14:textId="2E5D8EC1" w:rsidR="00AB2C42" w:rsidRPr="00296FC9" w:rsidRDefault="003B6D70" w:rsidP="00AB2C42">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="257" w:lineRule="atLeast"/>
               <w:ind w:hanging="122"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00296FC9">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>2,1584</w:t>
+              <w:t>2,3235</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31E6251B" w14:textId="4CFA150F" w:rsidR="00AB2C42" w:rsidRPr="00296FC9" w:rsidRDefault="00EC21D6" w:rsidP="00AB2C42">
+          <w:p w14:paraId="31E6251B" w14:textId="51E6D37A" w:rsidR="00AB2C42" w:rsidRPr="00296FC9" w:rsidRDefault="003B6D70" w:rsidP="00AB2C42">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="257" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00296FC9">
+            <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>2,</w:t>
-[...8 lines deleted...]
-              <w:t>1893</w:t>
+              <w:t>2,3568</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="16E41A91" w14:textId="030451E8" w:rsidR="00E13CBE" w:rsidRPr="001C647E" w:rsidRDefault="00136758" w:rsidP="00AB4215">
+    <w:p w14:paraId="3699F494" w14:textId="77777777" w:rsidR="00194A45" w:rsidRDefault="00194A45" w:rsidP="00194A45">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="1701"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="851" w:right="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16E41A91" w14:textId="1B4B6622" w:rsidR="00E13CBE" w:rsidRPr="001C647E" w:rsidRDefault="00136758" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="0039732D" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -8726,97 +8771,116 @@
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3F7240AD" w14:textId="77777777" w:rsidR="00417823" w:rsidRPr="001C647E" w:rsidRDefault="00417823" w:rsidP="00252582">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1 512</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2566BF0E" w14:textId="13FF03C9" w:rsidR="00417823" w:rsidRPr="001C647E" w:rsidRDefault="00417823" w:rsidP="00AB4215">
+    <w:p w14:paraId="3B6910DA" w14:textId="77777777" w:rsidR="006C38A3" w:rsidRPr="006C38A3" w:rsidRDefault="006C38A3" w:rsidP="006C38A3">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="851" w:right="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2566BF0E" w14:textId="15ECE064" w:rsidR="00417823" w:rsidRPr="001C647E" w:rsidRDefault="00417823" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">dirbantiems pagal bendrojo ugdymo, neformaliojo švietimo programas (išskyrus priešmokyklinio ugdymo programą), darbo </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">krūvį </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">sudaro: kontaktinės valandos, kurios skiriamos dalykų, neformaliojo švietimo programoms įgyvendinti pagal ugdymo plane numatytas valandas ir </w:t>
+        <w:t xml:space="preserve">sudaro: kontaktinės valandos, kurios skiriamos dalykų, neformaliojo švietimo programoms įgyvendinti pagal ugdymo plane numatytas valandas ir valandos ugdomajai veiklai planuoti, pasiruošti pamokoms, mokinių mokymosi pasiekimams vertinti, </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">valandos ugdomajai veiklai planuoti, pasiruošti pamokoms, mokinių mokymosi pasiekimams vertinti, vadovauti klasei </w:t>
+        <w:t xml:space="preserve">vadovauti klasei </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(sistemos 1, 2 priedai)</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, veiklos mokyklos bendruomenei ir profesiniam tobulėjimui </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(sistemos 3 priedas)</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -8906,69 +8970,69 @@
         </w:rPr>
         <w:t>laikas per savaitę yra 36 val.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="611675F7" w14:textId="77777777" w:rsidR="00EA29D5" w:rsidRPr="001C647E" w:rsidRDefault="00EA29D5" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">55.3.4. valandų, susijusių su profesiniu tobulėjimu ir veikla mokyklos bendruomenei, skaičius sudaro nuo 7,23 iki 49,7 procento kontaktinių valandų ir valandų, skiriamų ugdomajai veiklai planuoti, pasiruošti pamokoms, mokinių mokymosi pasiekimams vertinti, skaičiaus mokytojui per mokslo metus. Jis mokytojo pareigybei per mokslo metus nustatomas, atsižvelgiant į: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30C178D4" w14:textId="47D5198F" w:rsidR="00EA29D5" w:rsidRPr="001C647E" w:rsidRDefault="00EA29D5" w:rsidP="00AB4215">
+    <w:p w14:paraId="30C178D4" w14:textId="3BCFC34B" w:rsidR="00EA29D5" w:rsidRPr="001C647E" w:rsidRDefault="00EA29D5" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>55.3.4.1. minimalų valandų skaičių, nurodytą  Biudžetinių įstaigų darbuotojų darbo apmokėjimo ir komisijų narių atlygio už darbą įstatymo  2 priedo 7 punkte, skiriamą kiekvienam mokytojui privalomoms veikloms, nurodytoms švietimo, mokslo ir sporto ministro tvirtinamuose Veiklų, susijusių su profesiniu tobulėjimu, apraše ir Veiklų mokyklos bendruomenei apraše; (102 val.);</w:t>
+        <w:t>55.3.4.1. minimalų valandų skaičių, nurodytą Biudžetinių įstaigų darbuotojų darbo apmokėjimo ir komisijų narių atlygio už darbą įstatymo 2 priedo 7 punkte, skiriamą kiekvienam mokytojui privalomoms veikloms, nurodytoms švietimo, mokslo ir sporto ministro tvirtinamuose Veiklų, susijusių su profesiniu tobulėjimu, apraše ir Veiklų mokyklos bendruomenei apraše; (102 val.);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B7BDF3F" w14:textId="0BE02B2A" w:rsidR="00EA29D5" w:rsidRPr="001C647E" w:rsidRDefault="002076FF" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>55.3.4.2. valandų, viršijančių 55.3.4.1. papunktyje nurodytą valandų skaičių, nustatomą, atsižvelgiant į veiklas, nurodytas švietimo, mokslo ir sporto ministro tvirtinamuose Veiklų, susijusių su profesiniu tobulėjimu, apraše ir Veiklų mokyklos bendruomenei apraše, kurios nėra privalomos kiekvienam mokytojui, tačiau skiriamos mokytojams individualiai;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5908ED91" w14:textId="132CC283" w:rsidR="00973543" w:rsidRPr="001C647E" w:rsidRDefault="0023263F" w:rsidP="00AB4215">
       <w:pPr>
@@ -8991,99 +9055,99 @@
       <w:r w:rsidR="000E1775" w:rsidRPr="001C647E">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="007B015A" w:rsidRPr="001C647E">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002076FF" w:rsidRPr="001C647E">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="007B015A" w:rsidRPr="001C647E">
         <w:t>.3.</w:t>
       </w:r>
       <w:r w:rsidR="00973543" w:rsidRPr="001C647E">
         <w:t xml:space="preserve"> kokią dalį darbo laiko mokytojas skirs kiekvienai iš šių veiklų, priklauso nuo susitarimo, įvertinus veiklų pobūdį ir</w:t>
       </w:r>
       <w:r w:rsidR="00973543" w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00973543" w:rsidRPr="001C647E">
         <w:t>poreikį;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="577FE692" w14:textId="15E19994" w:rsidR="007B015A" w:rsidRPr="001C647E" w:rsidRDefault="00684320" w:rsidP="00AB4215">
+    <w:p w14:paraId="577FE692" w14:textId="7F27D2F3" w:rsidR="007B015A" w:rsidRPr="001C647E" w:rsidRDefault="00684320" w:rsidP="00194A45">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="851"/>
+        <w:ind w:left="0" w:right="3" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="007B015A" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>ok</w:t>
       </w:r>
       <w:r w:rsidR="00442D47" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>ytojams, švietimo pagalbos, karjeros specialistams,</w:t>
       </w:r>
       <w:r w:rsidR="007B015A" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00442D47" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">auklėtojams </w:t>
       </w:r>
       <w:r w:rsidR="007B015A" w:rsidRPr="001C647E">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>pareigi</w:t>
       </w:r>
       <w:r w:rsidR="00442D47" w:rsidRPr="001C647E">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
@@ -9108,51 +9172,51 @@
         <w:t xml:space="preserve"> vadovaujantis</w:t>
       </w:r>
       <w:r w:rsidR="007B015A" w:rsidRPr="001C647E">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B015A" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">DAĮ </w:t>
       </w:r>
       <w:r w:rsidR="00442D47" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2 priedu</w:t>
+        <w:t>2 priedu</w:t>
       </w:r>
       <w:r w:rsidR="007B015A" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>, atsižvelgiant į pedagoginio darbo stažą, kvalifikacinę ka</w:t>
       </w:r>
       <w:r w:rsidR="00442D47" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>tegoriją ir veiklos sudėtingumą:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="553596C1" w14:textId="52131ABE" w:rsidR="00973543" w:rsidRPr="001C647E" w:rsidRDefault="0023263F" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
@@ -10332,95 +10396,95 @@
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>gyvenimo įgūdžių</w:t>
       </w:r>
       <w:r w:rsidR="00973543" w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00973543" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokytojui;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06F5E752" w14:textId="013691AF" w:rsidR="008E506F" w:rsidRPr="001C647E" w:rsidRDefault="00973543" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>neformaliojo švietimo</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokytojui;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45FABA82" w14:textId="3ED1F8AD" w:rsidR="00DC7061" w:rsidRDefault="008E506F" w:rsidP="00DC7061">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="16"/>
         </w:numPr>
@@ -10491,63 +10555,63 @@
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="008E506F" w:rsidRPr="001C647E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>okytojų pareiginės algos koeficientai:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D5691A4" w14:textId="77777777" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00FD4B4C">
+    <w:p w14:paraId="6D5691A4" w14:textId="77777777" w:rsidR="00FD4B4C" w:rsidRPr="00194A45" w:rsidRDefault="00FD4B4C" w:rsidP="00FD4B4C">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:firstLine="0"/>
         <w:rPr>
-          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18DE7F11" w14:textId="77777777" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00FD4B4C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7371"/>
         </w:tabs>
         <w:ind w:firstLine="4536"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>(pareiginės algos (atlyginimo) baziniais dydžiais)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -10982,274 +11046,183 @@
               <w:ind w:right="38"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokytojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7527C2F6" w14:textId="28A6EC49" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="7527C2F6" w14:textId="4A318E29" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>1041</w:t>
+            <w:r>
+              <w:t>1,1886</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="116F5E9E" w14:textId="00984AC6" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00296FC9">
+          <w:p w14:paraId="116F5E9E" w14:textId="56E4E7F0" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00296FC9">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>1082</w:t>
+            <w:r>
+              <w:t>1,1930</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="788D81A0" w14:textId="18591589" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="788D81A0" w14:textId="63E24E29" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>1177</w:t>
+            <w:r>
+              <w:t>1,2032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67B2DA19" w14:textId="441635B9" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="67B2DA19" w14:textId="67D02C13" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>1381</w:t>
+            <w:r>
+              <w:t>1,2252</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5365DE67" w14:textId="3B8FB743" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="5365DE67" w14:textId="1C9E50AE" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...25 lines deleted...]
-              <w:t>5</w:t>
+            <w:r>
+              <w:t>1,2633</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0611EFC9" w14:textId="2CBBB319" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="0611EFC9" w14:textId="3B070A51" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>1775</w:t>
+            <w:r>
+              <w:t>1,2676</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7928A7BD" w14:textId="1186BD4F" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="7928A7BD" w14:textId="3610EE98" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>1844</w:t>
+            <w:r>
+              <w:t>1,2750</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="33E2152A" w14:textId="77777777" w:rsidTr="00252582">
         <w:trPr>
           <w:trHeight w:val="380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9351" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59EEA94F" w14:textId="77777777" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
@@ -11284,267 +11257,183 @@
               <w:ind w:right="38"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokytojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18D446C6" w14:textId="62A092D4" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="18D446C6" w14:textId="5B8B4DE7" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>1857</w:t>
+            <w:r>
+              <w:t>1,2764</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22ABE649" w14:textId="6BE1E0C3" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="22ABE649" w14:textId="74AD1382" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:left="-110" w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...18 lines deleted...]
-              <w:t>6</w:t>
+            <w:r>
+              <w:t>1,2795</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37AE4C85" w14:textId="13B53F1D" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="37AE4C85" w14:textId="4151D8EC" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>899</w:t>
+            <w:r>
+              <w:t>1,2809</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34BA6787" w14:textId="13A9B763" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="34BA6787" w14:textId="4D5A6C16" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>966</w:t>
+            <w:r>
+              <w:t>1,2881</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E227E62" w14:textId="7B0465E5" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="6E227E62" w14:textId="0E7FAD66" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>994</w:t>
+            <w:r>
+              <w:t>1,2912</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C57555C" w14:textId="3E361801" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="3C57555C" w14:textId="1F22FCDD" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>2034</w:t>
+            <w:r>
+              <w:t>1,2955</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D7289A7" w14:textId="5E8B357D" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="7D7289A7" w14:textId="3F98A359" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>2129</w:t>
+            <w:r>
+              <w:t>1,3057</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="2819F75B" w14:textId="77777777" w:rsidTr="00252582">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="612EA4C1" w14:textId="77777777" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
@@ -11563,263 +11452,162 @@
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55737740" w14:textId="77777777" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38" w:firstLine="62"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49B2A4BF" w14:textId="334EB916" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="49B2A4BF" w14:textId="3FF8A572" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...18 lines deleted...]
-              <w:t>44</w:t>
+            <w:r>
+              <w:t>1,3073</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65670CB3" w14:textId="7F1D251C" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="65670CB3" w14:textId="05CCC35C" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...25 lines deleted...]
-              <w:t>5</w:t>
+            <w:r>
+              <w:t>1,3117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D5F1CA6" w14:textId="78F3FA97" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="3D5F1CA6" w14:textId="254F503D" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>2240</w:t>
+            <w:r>
+              <w:t>1,3176</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04DADC2F" w14:textId="696DBFC2" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="04DADC2F" w14:textId="03E1ECEA" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>2730</w:t>
+            <w:r>
+              <w:t>1,3704</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B3D9C50" w14:textId="0C2F9B3A" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="5B3D9C50" w14:textId="7BB93B5A" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>2797</w:t>
+            <w:r>
+              <w:t>1,3776</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65A28D77" w14:textId="6109904F" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="65A28D77" w14:textId="70825D7D" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...25 lines deleted...]
-              <w:t>51</w:t>
+            <w:r>
+              <w:t>1,3834</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="3FFC4673" w14:textId="77777777" w:rsidTr="00252582">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="073331D5" w14:textId="77777777" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
@@ -11854,464 +11642,327 @@
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BA2BD52" w14:textId="77777777" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38" w:firstLine="62"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D45A2AB" w14:textId="289A28BD" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="4D45A2AB" w14:textId="28AF83C8" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>974</w:t>
+            <w:r>
+              <w:t>1,3967</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="037E5696" w14:textId="2DD3F522" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="037E5696" w14:textId="453A893C" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>3206</w:t>
+            <w:r>
+              <w:t>1,4216</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20CC7184" w14:textId="2D06AA5B" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="20CC7184" w14:textId="2386A7EA" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...25 lines deleted...]
-              <w:t>27</w:t>
+            <w:r>
+              <w:t>1,4669</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E2B9132" w14:textId="45A5B4D6" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="5E2B9132" w14:textId="481CF032" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>3683</w:t>
+            <w:r>
+              <w:t>1,4730</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="486E0680" w14:textId="14EBB8CA" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="486E0680" w14:textId="0ABEE95A" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>3778</w:t>
+            <w:r>
+              <w:t>1,4832</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w14:paraId="401E3F5F" w14:textId="77777777" w:rsidTr="00252582">
+      <w:tr w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w14:paraId="401E3F5F" w14:textId="77777777" w:rsidTr="00C37930">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4C277D79" w14:textId="77777777" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokytojas ekspertas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="220560AD" w14:textId="77777777" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38" w:firstLine="62"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="435A9EE5" w14:textId="77777777" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38" w:firstLine="62"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="068E8D10" w14:textId="3AC77517" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="068E8D10" w14:textId="34B6B184" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>4744</w:t>
+            <w:r>
+              <w:t>1,5872</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25C6586F" w14:textId="0EAABC40" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="25C6586F" w14:textId="08F9CD3A" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...18 lines deleted...]
-              <w:t>9</w:t>
+            <w:r>
+              <w:t>1,6136</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="453B67F3" w14:textId="3EE8831F" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="453B67F3" w14:textId="3B0CC40D" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>5371</w:t>
+            <w:r>
+              <w:t>1,6547</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="130FB603" w14:textId="669A9553" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="130FB603" w14:textId="2477225C" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>5439</w:t>
+            <w:r>
+              <w:t>1,6620</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CC657AC" w14:textId="74EB684C" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00FD4B4C" w:rsidP="00252582">
+          <w:p w14:paraId="5CC657AC" w14:textId="687C7351" w:rsidR="00FD4B4C" w:rsidRPr="001C647E" w:rsidRDefault="00C37930" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38" w:hanging="104"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>5507</w:t>
+            <w:r>
+              <w:t>1,6693</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3D73AA05" w14:textId="77777777" w:rsidR="00142F70" w:rsidRPr="001C647E" w:rsidRDefault="00142F70" w:rsidP="00084CC1">
+    <w:p w14:paraId="3D73AA05" w14:textId="77777777" w:rsidR="00142F70" w:rsidRPr="006C38A3" w:rsidRDefault="00142F70" w:rsidP="00084CC1">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="319DC478" w14:textId="4AD415B9" w:rsidR="00084CC1" w:rsidRPr="001C647E" w:rsidRDefault="00BC2C80" w:rsidP="00AB4215">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="319DC478" w14:textId="35D4B202" w:rsidR="00084CC1" w:rsidRPr="001C647E" w:rsidRDefault="00BC2C80" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:t>vadovaujantis DAĮ</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E506F" w:rsidRPr="001C647E">
         <w:t>2</w:t>
@@ -12364,66 +12015,62 @@
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:t>mokytojams</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="42"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:t>pareiginės</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="41"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
-        <w:t>algos  koeficientas dėl veiklos sudėtingumo (priklausomai nuo mokinių skaičiaus visose klasėse, kuriose dirba mokytojas ir turimų lėšų) didinamas:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="66C33217" w14:textId="77777777" w:rsidR="00084CC1" w:rsidRPr="001C647E" w:rsidRDefault="00084CC1" w:rsidP="00084CC1">
+        <w:t>algos koeficientas dėl veiklos sudėtingumo (priklausomai nuo mokinių skaičiaus visose klasėse, kuriose dirba mokytojas ir turimų lėšų) didinamas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C33217" w14:textId="77777777" w:rsidR="00084CC1" w:rsidRPr="006C38A3" w:rsidRDefault="00084CC1" w:rsidP="00084CC1">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4962"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2290"/>
@@ -13018,88 +12665,104 @@
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> procent</w:t>
             </w:r>
             <w:r w:rsidR="001F0E26">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ais</w:t>
             </w:r>
             <w:r w:rsidR="007D3FB1" w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6A0A1AC9" w14:textId="21B71307" w:rsidR="00BC2C80" w:rsidRPr="001C647E" w:rsidRDefault="00BC2C80" w:rsidP="00807744">
+    <w:p w14:paraId="6A0A1AC9" w14:textId="21B71307" w:rsidR="00BC2C80" w:rsidRDefault="00BC2C80" w:rsidP="00807744">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="2835"/>
           <w:tab w:val="left" w:pos="9498"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="144" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>mokytojams, mokantiems mokinį, kuriam dėl ligos ar patologinės būklės skirtas mokymas namuose po rugsėjo 1 d. ir / arba trumpalaikio ugdymo namuose atveju pareiginės algos koeficientas Progimnazijos direktoriaus įsakymu</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>didinamas:</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="6488D615" w14:textId="77777777" w:rsidR="006C38A3" w:rsidRPr="001C647E" w:rsidRDefault="006C38A3" w:rsidP="006C38A3">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="9498"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="851" w:right="144" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4814"/>
         <w:gridCol w:w="4814"/>
       </w:tblGrid>
       <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="1BE1B19C" w14:textId="77777777" w:rsidTr="00BC2C80">
@@ -13238,66 +12901,60 @@
               <w:t>2,5</w:t>
             </w:r>
             <w:r w:rsidR="00977EC5" w:rsidRPr="001C647E">
               <w:t xml:space="preserve"> ir daugiau</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09B7ABA8" w14:textId="23FBBB48" w:rsidR="00DC7061" w:rsidRPr="001C647E" w:rsidRDefault="00DC7061" w:rsidP="00DC7061">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="244" w:lineRule="exact"/>
               <w:ind w:left="9"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="14E7712F" w14:textId="003EC0B5" w:rsidR="00BC2C80" w:rsidRPr="001C647E" w:rsidRDefault="007D3FB1" w:rsidP="00BC2C80">
+    <w:p w14:paraId="14E7712F" w14:textId="6AFDCDAC" w:rsidR="00BC2C80" w:rsidRPr="001C647E" w:rsidRDefault="00BC2C80" w:rsidP="00BC2C80">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001C647E">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="16DFC0DA" w14:textId="75D34CA6" w:rsidR="00BC2C80" w:rsidRPr="001C647E" w:rsidRDefault="00BC2C80" w:rsidP="002076FF">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1 proc</w:t>
       </w:r>
       <w:r w:rsidR="00760F19">
@@ -13411,92 +13068,99 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokantiems vieną ir daugiau užsieniečių ar Lietuvos Respublikos piliečių, atvykusių gyventi į Lietuvos Respubliką, nemokančių valstybinės kalbos</w:t>
       </w:r>
       <w:r w:rsidR="00EF0C04" w:rsidRPr="00EF0C04">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="004B02F3" w:rsidRPr="00EF0C04">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF0C04" w:rsidRPr="00EF0C04">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">dvejus metus nuo mokinio mokymosi pradžios </w:t>
+        <w:t xml:space="preserve">dvejus metus nuo mokinio </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0C04" w:rsidRPr="00EF0C04">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">mokymosi pradžios </w:t>
       </w:r>
       <w:r w:rsidR="004B02F3" w:rsidRPr="00EF0C04">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lietuvos Respublikoje pagal bendrojo ugdymo programas</w:t>
       </w:r>
       <w:r w:rsidR="00807744" w:rsidRPr="00EF0C04">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42E4D5F1" w14:textId="643130A1" w:rsidR="007D7C93" w:rsidRPr="00E844C6" w:rsidRDefault="007D7C93" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">dėl veiklos sudėtingumo už darbą pagal </w:t>
       </w:r>
       <w:r w:rsidR="00F7183F" w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">atnaujintas </w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pradinio</w:t>
       </w:r>
       <w:r w:rsidR="00F7183F" w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir</w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
@@ -13616,212 +13280,212 @@
         <w:t>m</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EF0C04">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> * 100 %</w:t>
       </w:r>
       <w:r w:rsidR="000002B1" w:rsidRPr="00EF0C04">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E844C6" w:rsidRPr="00EF0C04">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AD59703" w14:textId="035ED70E" w:rsidR="00807744" w:rsidRPr="00873CA6" w:rsidRDefault="00807744" w:rsidP="00AB4215">
+    <w:p w14:paraId="4AD59703" w14:textId="035ED70E" w:rsidR="00807744" w:rsidRPr="00873CA6" w:rsidRDefault="00807744" w:rsidP="00194A45">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Jeigu mokytojo, dirbančio pagal bendrojo ugdymo ir neformaliojo švietimo programas (išskyrus ikimokyklinio ir priešmokyklinio ugdymo programas), veikla atitinka du ar daugiau 55</w:t>
       </w:r>
       <w:r w:rsidR="00E844C6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">.3 </w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>punkte nustatytų kriterijų, jo pareiginės algos koeficientas didinamas ne daugiau kaip 25 procentais.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EF7065C" w14:textId="1873E409" w:rsidR="00807744" w:rsidRPr="00873CA6" w:rsidRDefault="00807744" w:rsidP="00AB4215">
+    <w:p w14:paraId="5EF7065C" w14:textId="1873E409" w:rsidR="00807744" w:rsidRPr="00873CA6" w:rsidRDefault="00807744" w:rsidP="00194A45">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>mokytojui, dirbančiam pagal bendrojo ugdymo programas, per metus skiriama ne daugiau kaip 888 kontaktinės valandos privalomiems dalykams pagal bendruosius ugdymo planus, kuriuos tvirtina švietimo, mokslo ir sporto ministras, mokyti; šiuo atveju ne mažiau kaip 355 valandos skiriamos ugdomajai veiklai planuoti, pasiruošti pamokoms, mokinių mokymosi pasiekimams vertinti; ne mažiau kaip 152 valandos gali būti skiriamos vadovauti klasei (grupei).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="646C04E6" w14:textId="5A1E8569" w:rsidR="00807744" w:rsidRPr="00873CA6" w:rsidRDefault="00807744" w:rsidP="00AB4215">
+    <w:p w14:paraId="646C04E6" w14:textId="5A1E8569" w:rsidR="00807744" w:rsidRPr="00873CA6" w:rsidRDefault="00807744" w:rsidP="00194A45">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>mokytojui (jeigu jo pedagoginis darbo stažas iki 2 metų), dirbančiam pagal bendrojo ugdymo programas, per metus skiriama ne daugiau kaip 756 kontaktinės valandos, o dirbančiam pagal profesinio mokymo ir neformaliojo švietimo programas (išskyrus ikimokyklinio ir priešmokyklinio ugdymo programas) – ne daugiau kaip 924 kontaktinės valandos;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CF6E046" w14:textId="77777777" w:rsidR="00BC2C80" w:rsidRPr="00873CA6" w:rsidRDefault="00BC2C80" w:rsidP="00AB4215">
+    <w:p w14:paraId="7CF6E046" w14:textId="77777777" w:rsidR="00BC2C80" w:rsidRPr="00873CA6" w:rsidRDefault="00BC2C80" w:rsidP="00194A45">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">mokytojai apie kitais mokslo metais jiems numatomą darbo krūvio sandarą informuojami iki prasidedant </w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:spacing w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">jų </w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kasmetinėms vasaros</w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atostogoms;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2606CE0C" w14:textId="0AFF2570" w:rsidR="00BC2C80" w:rsidRPr="00873CA6" w:rsidRDefault="00BC2C80" w:rsidP="00AB4215">
+    <w:p w14:paraId="2606CE0C" w14:textId="0AFF2570" w:rsidR="00BC2C80" w:rsidRPr="00873CA6" w:rsidRDefault="00BC2C80" w:rsidP="00194A45">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to paties dalyko mokytojų kontaktinės valandos aptariamos metodinėje grupėje ir numatomos</w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:spacing w:val="-16"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
@@ -14117,351 +13781,351 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kompetenciją, pedagoginę patirtį, mokytojo įgytą kvalifikacinę kategoriją ir jo veiklos vertinimo</w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rezultatus;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E1B7C7F" w14:textId="77777777" w:rsidR="00BC2C80" w:rsidRPr="00873CA6" w:rsidRDefault="00BC2C80" w:rsidP="00AB4215">
+    <w:p w14:paraId="6E1B7C7F" w14:textId="77777777" w:rsidR="00BC2C80" w:rsidRPr="00873CA6" w:rsidRDefault="00BC2C80" w:rsidP="00194A45">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2559"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokytojų darbo krūvis gali keistis dėl objektyvių priežasčių (sumažėjus mokinių skaičiui klasėje ir dėl to nedalijant klasės į grupes tam tikrų dalykų pamokose, iširus laikinai (mobiliajai) grupei, mokiniams nebesirenkant neformaliojo vaikų švietimo užsiėmimų, pasikeitus ugdymo planui ir</w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>panašiai);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FC492FA" w14:textId="77777777" w:rsidR="00A115D1" w:rsidRPr="00873CA6" w:rsidRDefault="00BC2C80" w:rsidP="00AB4215">
+    <w:p w14:paraId="4FC492FA" w14:textId="77777777" w:rsidR="00A115D1" w:rsidRPr="00873CA6" w:rsidRDefault="00BC2C80" w:rsidP="00194A45">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2559"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokytojų darbo krūvio sandara priklauso</w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nuo:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1739DEC9" w14:textId="77777777" w:rsidR="00A115D1" w:rsidRPr="00873CA6" w:rsidRDefault="00BC2C80" w:rsidP="00AB4215">
+    <w:p w14:paraId="1739DEC9" w14:textId="77777777" w:rsidR="00A115D1" w:rsidRPr="00873CA6" w:rsidRDefault="00BC2C80" w:rsidP="00194A45">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="2559"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="851"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00873CA6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos ugdymo plane numatytų dalykui mokyti skirtų valandų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00873CA6">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00873CA6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>skaičiaus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="432673CC" w14:textId="77777777" w:rsidR="00A115D1" w:rsidRPr="00873CA6" w:rsidRDefault="00F31164" w:rsidP="00194A45">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="2559"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="851"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00873CA6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinių skaičiaus grupėje ar klasėje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1578FDFC" w14:textId="77777777" w:rsidR="00A115D1" w:rsidRPr="00873CA6" w:rsidRDefault="00F31164" w:rsidP="00194A45">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="2559"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="851"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00873CA6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>valandų, skirtų mokinių ugdymo (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00873CA6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00873CA6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) poreikiams tenkinti ir mokymosi pagalbai teikti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F343A8C" w14:textId="77777777" w:rsidR="00A115D1" w:rsidRPr="00873CA6" w:rsidRDefault="00F31164" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2559"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Progimnazijos ugdymo plane numatytų dalykui mokyti skirtų valandų</w:t>
-[...17 lines deleted...]
-    <w:p w14:paraId="432673CC" w14:textId="77777777" w:rsidR="00A115D1" w:rsidRPr="00873CA6" w:rsidRDefault="00F31164" w:rsidP="00AB4215">
+        <w:t>lėšų ugdymo planui įgyvendinti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A8516A8" w14:textId="77777777" w:rsidR="00A115D1" w:rsidRPr="00873CA6" w:rsidRDefault="00F31164" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2559"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mokinių skaičiaus grupėje ar klasėje;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1578FDFC" w14:textId="77777777" w:rsidR="00A115D1" w:rsidRPr="00873CA6" w:rsidRDefault="00F31164" w:rsidP="00AB4215">
+        <w:t>mažėjant dalyko pamokų skaičiui:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4885FEB5" w14:textId="77777777" w:rsidR="00A115D1" w:rsidRPr="00873CA6" w:rsidRDefault="00F31164" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2559"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>valandų, skirtų mokinių ugdymo (</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="0F343A8C" w14:textId="77777777" w:rsidR="00A115D1" w:rsidRPr="00873CA6" w:rsidRDefault="00F31164" w:rsidP="00AB4215">
+        <w:t>pirmiausia sudaroma galimybė pasirinkti mokomojo dalyko pamokų skaičių mokytojui, kuris dirba tik Progimnazijoje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E280399" w14:textId="4B1039CB" w:rsidR="00C64859" w:rsidRPr="00873CA6" w:rsidRDefault="00F31164" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2559"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>lėšų ugdymo planui įgyvendinti;</w:t>
-[...79 lines deleted...]
-        </w:rPr>
         <w:t>atsižvelgiama į darbuotojo darbo stažą Progimnazijoje, kvalifikacinę kategoriją, veiklos vertinimo rezultatus</w:t>
       </w:r>
       <w:r w:rsidR="000F31F6" w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61B1DF12" w14:textId="4B496422" w:rsidR="00F31164" w:rsidRPr="001C647E" w:rsidRDefault="00F31164" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -14476,75 +14140,82 @@
         <w:t>mokytojui, dirbančiam pagal priešmokyklinio ugdymo programą,</w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareiginės algos</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> koeficientas nustatomas vadovaujantis DAĮ </w:t>
       </w:r>
       <w:r w:rsidR="001C387A" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> priedu, atsižvelgiant į pedagoginio darbo stažą, kvalifikacinę kategoriją</w:t>
+        <w:t xml:space="preserve"> priedu, atsižvelgiant į pedagoginio darbo stažą, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C647E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>kvalifikacinę kategoriją</w:t>
       </w:r>
       <w:r w:rsidR="00554ABC" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, veiklos sudėtingumą</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>. Mokytojo, dirbančio pagal priešmokyklinio ugdymo programą, pareiginės algos koeficientai:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FA58A6F" w14:textId="77777777" w:rsidR="00A115D1" w:rsidRPr="001C647E" w:rsidRDefault="00A115D1" w:rsidP="00A115D1">
+    <w:p w14:paraId="5FA58A6F" w14:textId="77777777" w:rsidR="00A115D1" w:rsidRPr="006C38A3" w:rsidRDefault="00A115D1" w:rsidP="00A115D1">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3570893C" w14:textId="0F029618" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00B94BD5">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7371"/>
         </w:tabs>
         <w:ind w:left="660" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                            (pareiginės algos (atlyginimo) baziniais dydžiais)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -14942,1412 +14613,1054 @@
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="40349CED" w14:textId="77777777" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nesuteiktos kvalifikacinės kategorijos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="3449DDDF" w14:textId="77777777" w:rsidTr="00252582">
+      <w:tr w:rsidR="00514168" w:rsidRPr="001C647E" w14:paraId="3449DDDF" w14:textId="77777777" w:rsidTr="00252582">
         <w:trPr>
           <w:trHeight w:val="307"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B02F0C7" w14:textId="77777777" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="4B02F0C7" w14:textId="77777777" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokytojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4ADBDBD5" w14:textId="7D3DE2EB" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="4ADBDBD5" w14:textId="1D7D7B23" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>1041</w:t>
+            <w:r>
+              <w:t>1,1886</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F8D568A" w14:textId="781BD43C" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="6F8D568A" w14:textId="2B74DF7E" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>1082</w:t>
+            <w:r>
+              <w:t>1,1930</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C3DD602" w14:textId="678F9F66" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="1C3DD602" w14:textId="6F279481" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>1177</w:t>
+            <w:r>
+              <w:t>1,2032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B47D788" w14:textId="60EF9EA9" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="0B47D788" w14:textId="2AE64864" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>1381</w:t>
+            <w:r>
+              <w:t>1,2252</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E2436D9" w14:textId="42E55141" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="5E2436D9" w14:textId="7FED6929" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>1735</w:t>
+            <w:r>
+              <w:t>1,2633</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E5916BF" w14:textId="5A443099" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="2E5916BF" w14:textId="56C01ACB" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>1775</w:t>
+            <w:r>
+              <w:t>1,2676</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2ACA7727" w14:textId="7040B11A" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="2ACA7727" w14:textId="3B92ED80" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>1844</w:t>
+            <w:r>
+              <w:t>1,2750</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="52C88F88" w14:textId="77777777" w:rsidTr="00252582">
         <w:trPr>
           <w:trHeight w:val="380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9351" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="10D19187" w14:textId="77777777" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Suteiktos kvalifikacinės kategorijos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="2927EACD" w14:textId="77777777" w:rsidTr="00252582">
+      <w:tr w:rsidR="00514168" w:rsidRPr="001C647E" w14:paraId="2927EACD" w14:textId="77777777" w:rsidTr="00252582">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="733723AD" w14:textId="77777777" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="733723AD" w14:textId="77777777" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokytojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2560AACC" w14:textId="085FE702" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="2560AACC" w14:textId="62D6BEE8" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>1857</w:t>
+            <w:r>
+              <w:t>1,2764</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08850CD5" w14:textId="6DC4AAC4" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="08850CD5" w14:textId="784D95E8" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:left="-110" w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...18 lines deleted...]
-              <w:t>6</w:t>
+            <w:r>
+              <w:t>1,2795</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="734A0E1C" w14:textId="7526D965" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="734A0E1C" w14:textId="792C1B69" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...25 lines deleted...]
-              <w:t>99</w:t>
+            <w:r>
+              <w:t>1,2809</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0C33FE" w14:textId="757835E8" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="7B0C33FE" w14:textId="12083B63" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>966</w:t>
+            <w:r>
+              <w:t>1,2881</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E337FCD" w14:textId="6E4EEAC7" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="1E337FCD" w14:textId="4EC9D292" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>994</w:t>
+            <w:r>
+              <w:t>1,2912</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38BA9DEF" w14:textId="7351DA81" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="38BA9DEF" w14:textId="2A9FC9A0" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>2034</w:t>
+            <w:r>
+              <w:t>1,2955</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A49B815" w14:textId="1B428069" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="6A49B815" w14:textId="522C0B04" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>29</w:t>
+            <w:r>
+              <w:t>1,3057</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="21429D15" w14:textId="77777777" w:rsidTr="00252582">
+      <w:tr w:rsidR="00514168" w:rsidRPr="001C647E" w14:paraId="21429D15" w14:textId="77777777" w:rsidTr="00252582">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B6786E5" w14:textId="77777777" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="7B6786E5" w14:textId="77777777" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vyresnysis mokytojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DAF09E2" w14:textId="77777777" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="4DAF09E2" w14:textId="77777777" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38" w:firstLine="62"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F1B0555" w14:textId="316F2179" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="4F1B0555" w14:textId="2F21B1FE" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...18 lines deleted...]
-              <w:t>44</w:t>
+            <w:r>
+              <w:t>1,3073</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AA86CBD" w14:textId="7E9BED9A" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="5AA86CBD" w14:textId="79733BF7" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>2185</w:t>
+            <w:r>
+              <w:t>1,3117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A6066DB" w14:textId="6988850F" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="0A6066DB" w14:textId="5B3AD38E" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>2240</w:t>
+            <w:r>
+              <w:t>1,3176</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F568B05" w14:textId="41B35A4A" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="2F568B05" w14:textId="0334B137" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>2730</w:t>
+            <w:r>
+              <w:t>1,3704</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="261FFFC8" w14:textId="33E969E5" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="261FFFC8" w14:textId="05417A91" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>2797</w:t>
+            <w:r>
+              <w:t>1,3776</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34A461A4" w14:textId="63B2B886" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="34A461A4" w14:textId="0D866AD2" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>2851</w:t>
+            <w:r>
+              <w:t>1,3834</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="07DFE64D" w14:textId="77777777" w:rsidTr="00252582">
+      <w:tr w:rsidR="00514168" w:rsidRPr="001C647E" w14:paraId="07DFE64D" w14:textId="77777777" w:rsidTr="00252582">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1390F391" w14:textId="77777777" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="1390F391" w14:textId="77777777" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokytojas metodininkas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3ADCB959" w14:textId="77777777" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="3ADCB959" w14:textId="77777777" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38" w:firstLine="62"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40BF6399" w14:textId="77777777" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="40BF6399" w14:textId="77777777" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38" w:firstLine="62"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="095CBD60" w14:textId="1C1C7587" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="095CBD60" w14:textId="7B9390A7" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>974</w:t>
+            <w:r>
+              <w:t>1,3967</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45D9C8B7" w14:textId="1D8C15B6" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="45D9C8B7" w14:textId="054DB7EB" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>3206</w:t>
+            <w:r>
+              <w:t>1,4216</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EF60133" w14:textId="03DB3C81" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="4EF60133" w14:textId="2A54744F" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>3627</w:t>
+            <w:r>
+              <w:t>1,4669</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E98F0DF" w14:textId="32FFB401" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="4E98F0DF" w14:textId="3D01BCC4" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>3683</w:t>
+            <w:r>
+              <w:t>1,4730</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C5D71B4" w14:textId="5BF941A6" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="5C5D71B4" w14:textId="2E68BB2A" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>3778</w:t>
+            <w:r>
+              <w:t>1,4832</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="3DE68BFE" w14:textId="77777777" w:rsidTr="00252582">
+      <w:tr w:rsidR="00514168" w:rsidRPr="001C647E" w14:paraId="3DE68BFE" w14:textId="77777777" w:rsidTr="00252582">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3392DEA2" w14:textId="77777777" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="3392DEA2" w14:textId="77777777" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokytojas ekspertas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2473AB58" w14:textId="77777777" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="2473AB58" w14:textId="77777777" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38" w:firstLine="62"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0481152E" w14:textId="77777777" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="0481152E" w14:textId="77777777" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38" w:firstLine="62"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="671640C1" w14:textId="0E11949C" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="671640C1" w14:textId="0C0F9FD3" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>4744</w:t>
+            <w:r>
+              <w:t>1,5872</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BBF0B0C" w14:textId="378C0316" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="5BBF0B0C" w14:textId="2E9CEB90" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>4989</w:t>
+            <w:r>
+              <w:t>1,6136</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B17AA85" w14:textId="5815390B" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="4B17AA85" w14:textId="581DFF8D" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>5371</w:t>
+            <w:r>
+              <w:t>1,6547</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65F57E04" w14:textId="2041068F" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="65F57E04" w14:textId="1688285A" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>439</w:t>
+            <w:r>
+              <w:t>1,6620</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15F04728" w14:textId="7D16706F" w:rsidR="00B94BD5" w:rsidRPr="001C647E" w:rsidRDefault="00B94BD5" w:rsidP="00252582">
+          <w:p w14:paraId="15F04728" w14:textId="653780E1" w:rsidR="00514168" w:rsidRPr="001C647E" w:rsidRDefault="00514168" w:rsidP="00514168">
             <w:pPr>
               <w:ind w:right="38" w:hanging="104"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
-[...11 lines deleted...]
-              <w:t>5507</w:t>
+            <w:r>
+              <w:t>1,6693</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="141911E7" w14:textId="77777777" w:rsidR="00EC23DD" w:rsidRDefault="00EC23DD" w:rsidP="00EC23DD">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="3" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A2F9BBC" w14:textId="0390F02F" w:rsidR="00F31164" w:rsidRPr="00EC23DD" w:rsidRDefault="001C387A" w:rsidP="00EC23DD">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
@@ -16931,246 +16244,246 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>57</w:t>
       </w:r>
       <w:r w:rsidR="00881BED" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.5. karjeros specialistui.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06A65033" w14:textId="04DCEA03" w:rsidR="00C32623" w:rsidRDefault="00F31164" w:rsidP="00AB4215">
+    <w:p w14:paraId="2F798569" w14:textId="77777777" w:rsidR="006C38A3" w:rsidRDefault="006C38A3" w:rsidP="00AB4215">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001C647E">
-[...62 lines deleted...]
-    <w:p w14:paraId="6466C177" w14:textId="77777777" w:rsidR="00EC23DD" w:rsidRDefault="00EC23DD" w:rsidP="00AB4215">
+    </w:p>
+    <w:p w14:paraId="6B44839B" w14:textId="77777777" w:rsidR="006C38A3" w:rsidRDefault="006C38A3" w:rsidP="00AB4215">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="351A0C09" w14:textId="77777777" w:rsidR="00EC23DD" w:rsidRDefault="00EC23DD" w:rsidP="00AB4215">
+    <w:p w14:paraId="5E70AE10" w14:textId="77777777" w:rsidR="006C38A3" w:rsidRDefault="006C38A3" w:rsidP="00AB4215">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="795175C2" w14:textId="77777777" w:rsidR="006B0F5E" w:rsidRDefault="006B0F5E" w:rsidP="00AB4215">
+    <w:p w14:paraId="5D87E75D" w14:textId="77777777" w:rsidR="006C38A3" w:rsidRDefault="006C38A3" w:rsidP="00AB4215">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C6E2795" w14:textId="77777777" w:rsidR="00EC23DD" w:rsidRDefault="00EC23DD" w:rsidP="00AB4215">
+    <w:p w14:paraId="0C488C0D" w14:textId="77777777" w:rsidR="006C38A3" w:rsidRDefault="006C38A3" w:rsidP="00AB4215">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FBADF26" w14:textId="77777777" w:rsidR="00EC23DD" w:rsidRDefault="00EC23DD" w:rsidP="00AB4215">
+    <w:p w14:paraId="43A1D89B" w14:textId="77777777" w:rsidR="006C38A3" w:rsidRDefault="006C38A3" w:rsidP="00AB4215">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12C642C8" w14:textId="77777777" w:rsidR="00EC23DD" w:rsidRDefault="00EC23DD" w:rsidP="00AB4215">
+    <w:p w14:paraId="06A65033" w14:textId="56317D54" w:rsidR="00C32623" w:rsidRDefault="00F31164" w:rsidP="00AB4215">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001C647E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="009C3396" w:rsidRPr="001C647E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00A065B2" w:rsidRPr="001C647E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C647E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Logopedo</w:t>
+      </w:r>
+      <w:r w:rsidR="00C63B3B" w:rsidRPr="001C647E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C647E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specialiojo pedagogo </w:t>
+      </w:r>
+      <w:r w:rsidR="00C63B3B" w:rsidRPr="001C647E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir karjeros specialisto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C647E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>pareiginės algos koeficientai</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC23DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="293EFADF" w14:textId="77777777" w:rsidR="00EC23DD" w:rsidRPr="001C647E" w:rsidRDefault="00EC23DD" w:rsidP="00AB4215">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="579DDEB9" w14:textId="77777777" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00946F64">
       <w:pPr>
         <w:ind w:firstLine="4536"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>(pareiginės algos (atlyginimo) baziniais dydžiais)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3544"/>
         <w:gridCol w:w="851"/>
@@ -17641,1762 +16954,1476 @@
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5594B8D3" w14:textId="77777777" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nesuteiktos kvalifikacinės kategorijos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="38EA4663" w14:textId="77777777" w:rsidTr="00946F64">
+      <w:tr w:rsidR="00B34684" w:rsidRPr="001C647E" w14:paraId="38EA4663" w14:textId="77777777" w:rsidTr="00946F64">
         <w:trPr>
           <w:trHeight w:val="307"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="599144FF" w14:textId="444BE7AC" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="599144FF" w14:textId="444BE7AC" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Specialusis pedagogas, logopedas, karjeros specialistas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3510CF1E" w14:textId="08D57B9A" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="3510CF1E" w14:textId="702F4BA9" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>1041</w:t>
+              </w:rPr>
+              <w:t>1,1886</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60E67BA0" w14:textId="232845E2" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="60E67BA0" w14:textId="61768C87" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>1082</w:t>
+              </w:rPr>
+              <w:t>1,1930</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05219F24" w14:textId="3317B145" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="05219F24" w14:textId="1BFA0ACF" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>1177</w:t>
+              </w:rPr>
+              <w:t>1,2032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75E2DEC6" w14:textId="1C5C69AD" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="75E2DEC6" w14:textId="627D7306" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>1381</w:t>
+              </w:rPr>
+              <w:t>1,2252</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B8942B3" w14:textId="70DA9A90" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="1B8942B3" w14:textId="01B2A67E" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>1735</w:t>
+              </w:rPr>
+              <w:t>1,2633</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BD08EBC" w14:textId="47F8DFE3" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="7BD08EBC" w14:textId="3DA9E62C" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>1775</w:t>
+              </w:rPr>
+              <w:t>1,2676</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B00CDF7" w14:textId="2338DC0B" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="0B00CDF7" w14:textId="39EFFAE2" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>1844</w:t>
+              </w:rPr>
+              <w:t>1,2750</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="6D40F71F" w14:textId="77777777" w:rsidTr="00252582">
+      <w:tr w:rsidR="00B34684" w:rsidRPr="001C647E" w14:paraId="6D40F71F" w14:textId="77777777" w:rsidTr="00252582">
         <w:trPr>
           <w:trHeight w:val="380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E9B0CA6" w14:textId="77777777" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="0E9B0CA6" w14:textId="77777777" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Suteiktos kvalifikacinės kategorijos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="0344DED2" w14:textId="77777777" w:rsidTr="00946F64">
+      <w:tr w:rsidR="00B34684" w:rsidRPr="001C647E" w14:paraId="0344DED2" w14:textId="77777777" w:rsidTr="00946F64">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="705550A7" w14:textId="5B3438B7" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="705550A7" w14:textId="5B3438B7" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Specialusis pedagogas, logopedas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14040231" w14:textId="366D49DF" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="14040231" w14:textId="5A2F0439" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>1857</w:t>
+              </w:rPr>
+              <w:t>1,2764</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78D4DE73" w14:textId="78CA8D00" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="78D4DE73" w14:textId="2112F3B9" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:left="-110" w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...17 lines deleted...]
-              <w:t>6</w:t>
+              </w:rPr>
+              <w:t>1,2795</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1966DB04" w14:textId="4021027A" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="1966DB04" w14:textId="3B4890B2" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>99</w:t>
+              </w:rPr>
+              <w:t>1,2809</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19ECD809" w14:textId="38C4F170" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="19ECD809" w14:textId="62F3F831" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>966</w:t>
+              </w:rPr>
+              <w:t>1,2881</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E2891DC" w14:textId="1C175505" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="2E2891DC" w14:textId="4A38954D" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>994</w:t>
+              </w:rPr>
+              <w:t>1,2912</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65706E6D" w14:textId="092AF7B9" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="65706E6D" w14:textId="46C68CA7" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>2034</w:t>
+              </w:rPr>
+              <w:t>1,2955</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25492CB5" w14:textId="4A4A505F" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="25492CB5" w14:textId="3109A86B" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>2129</w:t>
+              </w:rPr>
+              <w:t>1,3057</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="31FEBAD2" w14:textId="77777777" w:rsidTr="00946F64">
+      <w:tr w:rsidR="00B34684" w:rsidRPr="001C647E" w14:paraId="31FEBAD2" w14:textId="77777777" w:rsidTr="00946F64">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0424C136" w14:textId="7694E35E" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="0424C136" w14:textId="7694E35E" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Vyresnysis specialusis pedagogas, vyresnysis logopedas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1114DA76" w14:textId="77777777" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="1114DA76" w14:textId="77777777" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38" w:firstLine="62"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="680DA0EB" w14:textId="1B25B172" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="680DA0EB" w14:textId="371CE1CF" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...17 lines deleted...]
-              <w:t>44</w:t>
+              </w:rPr>
+              <w:t>1,3073</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DE353F0" w14:textId="09F4FAB3" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="6DE353F0" w14:textId="71DC9495" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>185</w:t>
+              </w:rPr>
+              <w:t>1,3117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45180A62" w14:textId="2E270EFE" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="45180A62" w14:textId="5CF8B35F" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>2240</w:t>
+              </w:rPr>
+              <w:t>1,3176</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46533688" w14:textId="3E026DDC" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="46533688" w14:textId="239220FF" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>2730</w:t>
+              </w:rPr>
+              <w:t>1,3704</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="015FCC96" w14:textId="06690B0D" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="015FCC96" w14:textId="3CFA5170" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>2797</w:t>
+              </w:rPr>
+              <w:t>1,3776</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53384D6A" w14:textId="2F35B170" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="53384D6A" w14:textId="76DA7023" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>2851</w:t>
+              </w:rPr>
+              <w:t>1,3834</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="3AEF75E9" w14:textId="77777777" w:rsidTr="00946F64">
+      <w:tr w:rsidR="00B34684" w:rsidRPr="001C647E" w14:paraId="3AEF75E9" w14:textId="77777777" w:rsidTr="00946F64">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1451CB08" w14:textId="39CE2F9A" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="1451CB08" w14:textId="39CE2F9A" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Specialusis pedagogas metodininkas, logopedas metodininkas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20E6A2FD" w14:textId="77777777" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="20E6A2FD" w14:textId="77777777" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38" w:firstLine="62"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B077669" w14:textId="77777777" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="4B077669" w14:textId="77777777" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38" w:firstLine="62"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78568451" w14:textId="30CB82D8" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="78568451" w14:textId="4A1737A3" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>974</w:t>
+              </w:rPr>
+              <w:t>1,3967</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A1F0007" w14:textId="47D97B2F" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="2A1F0007" w14:textId="56FC1BA6" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>3206</w:t>
+              </w:rPr>
+              <w:t>1,4216</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0250D5E7" w14:textId="3CFA12E2" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="0250D5E7" w14:textId="2248E1DB" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>3627</w:t>
+              </w:rPr>
+              <w:t>1,4669</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="722AABB9" w14:textId="1B0A7218" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="722AABB9" w14:textId="591D71BA" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>3683</w:t>
+              </w:rPr>
+              <w:t>1,4730</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A0AC9E0" w14:textId="3274B4BA" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="6A0AC9E0" w14:textId="0A7D9E13" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>3778</w:t>
+              </w:rPr>
+              <w:t>1,4832</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="6DCCE58D" w14:textId="77777777" w:rsidTr="00946F64">
+      <w:tr w:rsidR="00B34684" w:rsidRPr="001C647E" w14:paraId="6DCCE58D" w14:textId="77777777" w:rsidTr="00946F64">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F8B35D4" w14:textId="60F3C7A9" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="0F8B35D4" w14:textId="60F3C7A9" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Specialusis pedagogas ekspertas, logopedas ekspertas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A9CB2BF" w14:textId="77777777" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="6A9CB2BF" w14:textId="77777777" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38" w:firstLine="62"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18823416" w14:textId="77777777" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="18823416" w14:textId="77777777" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38" w:firstLine="62"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5614FCA5" w14:textId="2B3E7EDD" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="5614FCA5" w14:textId="1C6E324A" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>4744</w:t>
+              </w:rPr>
+              <w:t>1,5872</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E2D18CF" w14:textId="57FCDF63" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="7E2D18CF" w14:textId="7926DCB1" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>4989</w:t>
+              </w:rPr>
+              <w:t>1,6136</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="231DB95C" w14:textId="203F419A" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="231DB95C" w14:textId="46F03768" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>5371</w:t>
+              </w:rPr>
+              <w:t>1,6547</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="465CB126" w14:textId="476D9231" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="465CB126" w14:textId="4370AD2E" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>5439</w:t>
+              </w:rPr>
+              <w:t>1,6620</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D04D784" w14:textId="6FA9EAC8" w:rsidR="00946F64" w:rsidRPr="001C647E" w:rsidRDefault="00946F64" w:rsidP="00252582">
+          <w:p w14:paraId="6D04D784" w14:textId="16BE21DF" w:rsidR="00B34684" w:rsidRPr="00B34684" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38" w:hanging="112"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>5507</w:t>
+              </w:rPr>
+              <w:t>1,6693</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="19E8B140" w14:textId="77777777" w:rsidR="00A115D1" w:rsidRPr="001C647E" w:rsidRDefault="00A115D1" w:rsidP="00A115D1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1699C4E1" w14:textId="03EA9083" w:rsidR="003E3ED7" w:rsidRPr="00873CA6" w:rsidRDefault="00A115D1" w:rsidP="00AB4215">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2701"/>
@@ -20126,51 +19153,59 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
       <w:r w:rsidR="00176934" w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbo laiko dal</w:t>
       </w:r>
       <w:r w:rsidR="00424DFC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>į</w:t>
       </w:r>
       <w:r w:rsidR="00176934" w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> skiria netiesioginiam darbui su mokiniais (veikloms planuoti ir joms pasirengti, dokumentams rengti, bendradarbiauti su mokytojais, mokinių tėvais (globėjais, rūpintojais), kitais asmenimis ugdymo karjerai, profesinio informavimo ir profesinio konsultavimo klausimais ir kita).</w:t>
+        <w:t xml:space="preserve"> skiria netiesioginiam darbui su mokiniais (veikloms planuoti ir joms pasirengti, dokumentams rengti, bendradarbiauti su mokytojais, mokinių tėvais (globėjais, rūpintojais), kitais asmenimis ugdymo karjerai, profesinio informavimo ir profesinio </w:t>
+      </w:r>
+      <w:r w:rsidR="00176934" w:rsidRPr="00873CA6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>konsultavimo klausimais ir kita).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E25C959" w14:textId="4E616262" w:rsidR="001F5239" w:rsidRPr="00873CA6" w:rsidRDefault="00771453" w:rsidP="00AB4215">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00946F64" w:rsidRPr="00873CA6">
         <w:rPr>
@@ -20195,78 +19230,76 @@
       </w:r>
       <w:r w:rsidR="00882841" w:rsidRPr="00873CA6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Socialinio pedagogo ir psichologo</w:t>
       </w:r>
       <w:r w:rsidR="00882841" w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareiginės algos koeficientai</w:t>
       </w:r>
       <w:r w:rsidR="00524FBB" w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05BC39E5" w14:textId="77777777" w:rsidR="00EC23DD" w:rsidRDefault="00EC23DD" w:rsidP="00272815">
+    <w:p w14:paraId="3C95F62B" w14:textId="77777777" w:rsidR="00CD69F7" w:rsidRPr="006C38A3" w:rsidRDefault="00CD69F7" w:rsidP="006C38A3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13593F1B" w14:textId="4769B01C" w:rsidR="00272815" w:rsidRPr="001C647E" w:rsidRDefault="00272815" w:rsidP="00272815">
       <w:pPr>
         <w:ind w:firstLine="4536"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>(pareiginės algos (atlyginimo) baziniais dydžiais)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="851"/>
@@ -20741,1778 +19774,1506 @@
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5A06B854" w14:textId="77777777" w:rsidR="00272815" w:rsidRPr="001C647E" w:rsidRDefault="00272815" w:rsidP="00252582">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nesuteiktos kvalifikacinės kategorijos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00294F2B" w:rsidRPr="001C647E" w14:paraId="4DF44D4E" w14:textId="77777777" w:rsidTr="00272815">
+      <w:tr w:rsidR="00B34684" w:rsidRPr="001C647E" w14:paraId="4DF44D4E" w14:textId="77777777" w:rsidTr="00272815">
         <w:trPr>
           <w:trHeight w:val="307"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26FF9DC4" w14:textId="00117346" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="26FF9DC4" w14:textId="00117346" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Psichologo asistentas, socialinis pedagogas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37543C33" w14:textId="251329F9" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="37543C33" w14:textId="71B9AA87" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>1041</w:t>
+              </w:rPr>
+              <w:t>1,1886</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35963BC2" w14:textId="42237EBA" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="35963BC2" w14:textId="7ACFF18E" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>1082</w:t>
+              </w:rPr>
+              <w:t>1,1930</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F7F430A" w14:textId="297DE298" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="5F7F430A" w14:textId="1672BFD0" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>1177</w:t>
+              </w:rPr>
+              <w:t>1,2032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="303BAE00" w14:textId="5DD436F4" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="303BAE00" w14:textId="4B353F57" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>1381</w:t>
+              </w:rPr>
+              <w:t>1,2252</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C8F07E5" w14:textId="765EC4EB" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="7C8F07E5" w14:textId="54CBCFF6" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>1735</w:t>
+              </w:rPr>
+              <w:t>1,2633</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="162ECA7D" w14:textId="445D55A3" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="162ECA7D" w14:textId="29F5E4AA" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>1775</w:t>
+              </w:rPr>
+              <w:t>1,2676</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C1ADF46" w14:textId="7E3B2921" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="1C1ADF46" w14:textId="59520E7F" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>1844</w:t>
+              </w:rPr>
+              <w:t>1,2750</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="1E39CEF8" w14:textId="77777777" w:rsidTr="00252582">
+      <w:tr w:rsidR="00B34684" w:rsidRPr="001C647E" w14:paraId="1E39CEF8" w14:textId="77777777" w:rsidTr="00252582">
         <w:trPr>
           <w:trHeight w:val="380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3046911D" w14:textId="77777777" w:rsidR="00272815" w:rsidRPr="001C647E" w:rsidRDefault="00272815" w:rsidP="00252582">
+          <w:p w14:paraId="3046911D" w14:textId="77777777" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Suteiktos kvalifikacinės kategorijos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00294F2B" w:rsidRPr="001C647E" w14:paraId="702094DC" w14:textId="77777777" w:rsidTr="00272815">
+      <w:tr w:rsidR="00B34684" w:rsidRPr="001C647E" w14:paraId="702094DC" w14:textId="77777777" w:rsidTr="00272815">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AC5B3DF" w14:textId="7CBC387C" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="2AC5B3DF" w14:textId="7CBC387C" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Socialinis pedagogas, ketvirtos kategorijos psichologas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D923931" w14:textId="432D2A3B" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="7D923931" w14:textId="2F15B307" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>1857</w:t>
+              </w:rPr>
+              <w:t>1,2764</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DA8FC11" w14:textId="1809C6D8" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="6DA8FC11" w14:textId="074EF35E" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:left="-110" w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...17 lines deleted...]
-              <w:t>6</w:t>
+              </w:rPr>
+              <w:t>1,2795</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06DB0E57" w14:textId="7DBCA3E4" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="06DB0E57" w14:textId="401CA72E" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>99</w:t>
+              </w:rPr>
+              <w:t>1,2809</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CC1E451" w14:textId="14E06BD9" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="1CC1E451" w14:textId="731BBC9F" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>966</w:t>
+              </w:rPr>
+              <w:t>1,2881</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5560C08E" w14:textId="19C3DAF8" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="5560C08E" w14:textId="0A9179D9" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>994</w:t>
+              </w:rPr>
+              <w:t>1,2912</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BC7EC36" w14:textId="5BCED0D3" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="7BC7EC36" w14:textId="29B96901" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>2034</w:t>
+              </w:rPr>
+              <w:t>1,2955</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FBDD1A6" w14:textId="094F083E" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="3FBDD1A6" w14:textId="55065A2E" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>2129</w:t>
+              </w:rPr>
+              <w:t>1,3057</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00294F2B" w:rsidRPr="001C647E" w14:paraId="01455F98" w14:textId="77777777" w:rsidTr="00272815">
+      <w:tr w:rsidR="00B34684" w:rsidRPr="001C647E" w14:paraId="01455F98" w14:textId="77777777" w:rsidTr="00272815">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CFBA7AC" w14:textId="5A890398" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="2CFBA7AC" w14:textId="5A890398" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Vyresnysis socialinis pedagogas, trečios kategorijos psichologas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D5C2CC1" w14:textId="77777777" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="4D5C2CC1" w14:textId="77777777" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38" w:firstLine="62"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="642DB596" w14:textId="573A4E15" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="642DB596" w14:textId="78387FA9" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...17 lines deleted...]
-              <w:t>44</w:t>
+              </w:rPr>
+              <w:t>1,3073</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="489C34A7" w14:textId="0C53552E" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="489C34A7" w14:textId="7F814B5E" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>185</w:t>
+              </w:rPr>
+              <w:t>1,3117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B9CB97E" w14:textId="78CB6E47" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="2B9CB97E" w14:textId="7BB6F671" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>2240</w:t>
+              </w:rPr>
+              <w:t>1,3176</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3684F3E9" w14:textId="0DEDA8C4" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="3684F3E9" w14:textId="24E6BD42" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>2730</w:t>
+              </w:rPr>
+              <w:t>1,3704</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="258E0305" w14:textId="78514DA0" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="258E0305" w14:textId="2627E902" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>2797</w:t>
+              </w:rPr>
+              <w:t>1,3776</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54169455" w14:textId="63BA81A0" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="54169455" w14:textId="22A3D0FC" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>2851</w:t>
+              </w:rPr>
+              <w:t>1,3834</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00294F2B" w:rsidRPr="001C647E" w14:paraId="0CF6A30E" w14:textId="77777777" w:rsidTr="00272815">
+      <w:tr w:rsidR="00B34684" w:rsidRPr="001C647E" w14:paraId="0CF6A30E" w14:textId="77777777" w:rsidTr="00272815">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D70EE1C" w14:textId="724A0551" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="5D70EE1C" w14:textId="724A0551" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Socialinis pedagogas metodininkas, antros kategorijos psichologas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="506B823C" w14:textId="77777777" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="506B823C" w14:textId="77777777" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38" w:firstLine="62"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="477029D6" w14:textId="77777777" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="477029D6" w14:textId="77777777" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38" w:firstLine="62"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3501E21E" w14:textId="2F008957" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="3501E21E" w14:textId="4EA8526D" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>974</w:t>
+              </w:rPr>
+              <w:t>1,3967</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="244C578A" w14:textId="4CEDA46D" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="244C578A" w14:textId="0060E3F0" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>3206</w:t>
+              </w:rPr>
+              <w:t>1,4216</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC71D48" w14:textId="7CB4E45E" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="1FC71D48" w14:textId="646057F3" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>3627</w:t>
+              </w:rPr>
+              <w:t>1,4669</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34BB05F5" w14:textId="0A4B7F22" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="34BB05F5" w14:textId="266402C3" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>3683</w:t>
+              </w:rPr>
+              <w:t>1,4730</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05E067B1" w14:textId="2AA08C3A" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="05E067B1" w14:textId="2A7DC18C" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>3778</w:t>
+              </w:rPr>
+              <w:t>1,4832</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00294F2B" w:rsidRPr="001C647E" w14:paraId="2DE6636C" w14:textId="77777777" w:rsidTr="00272815">
+      <w:tr w:rsidR="00B34684" w:rsidRPr="001C647E" w14:paraId="2DE6636C" w14:textId="77777777" w:rsidTr="00272815">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CDA1AF0" w14:textId="75162F41" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="6CDA1AF0" w14:textId="75162F41" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Socialinis pedagogas ekspertas, pirmos kategorijos psichologas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="064854A3" w14:textId="77777777" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="064854A3" w14:textId="77777777" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38" w:firstLine="62"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FE3B6FA" w14:textId="77777777" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="1FE3B6FA" w14:textId="77777777" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38" w:firstLine="62"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DEF4C6A" w14:textId="180E28A3" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="7DEF4C6A" w14:textId="2D68859E" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>4744</w:t>
+              </w:rPr>
+              <w:t>1,5872</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6053762B" w14:textId="2C7338A9" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="6053762B" w14:textId="6CF48CDE" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>4989</w:t>
+              </w:rPr>
+              <w:t>1,6136</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CE92C9B" w14:textId="5D9FCC70" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="7CE92C9B" w14:textId="631EEC33" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>5371</w:t>
+              </w:rPr>
+              <w:t>1,6547</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1861201C" w14:textId="0DF530D6" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="1861201C" w14:textId="3CA381B2" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>5439</w:t>
+              </w:rPr>
+              <w:t>1,6620</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="611997EE" w14:textId="68A3815C" w:rsidR="00294F2B" w:rsidRPr="001C647E" w:rsidRDefault="00294F2B" w:rsidP="00294F2B">
+          <w:p w14:paraId="611997EE" w14:textId="6459C76F" w:rsidR="00B34684" w:rsidRPr="001C647E" w:rsidRDefault="00B34684" w:rsidP="00B34684">
             <w:pPr>
               <w:ind w:right="38" w:hanging="104"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r w:rsidRPr="00B34684">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...9 lines deleted...]
-              <w:t>5507</w:t>
+              </w:rPr>
+              <w:t>1,6693</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="048B7FF1" w14:textId="3656C39A" w:rsidR="00524FBB" w:rsidRPr="001C647E" w:rsidRDefault="00771453" w:rsidP="00AB4215">
+    <w:p w14:paraId="151053E2" w14:textId="77777777" w:rsidR="006C38A3" w:rsidRDefault="006C38A3" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="048B7FF1" w14:textId="38183E07" w:rsidR="00524FBB" w:rsidRPr="001C647E" w:rsidRDefault="00771453" w:rsidP="00AB4215">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="851"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="007B0F16" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidR="00524FBB" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vadovaujantis DAĮ </w:t>
       </w:r>
       <w:r w:rsidR="00887224" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00524FBB" w:rsidRPr="001C647E">
@@ -22679,51 +21440,51 @@
       <w:r w:rsidR="00434364" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ais</w:t>
       </w:r>
       <w:r w:rsidR="00524FBB" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> socialiniam pedagogui, jeigu teikiama socialinė pagalba</w:t>
       </w:r>
       <w:r w:rsidR="0029703E" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00524FBB" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>didesniam mokinių skaičiui, nei numatyta patvirtintuose normatyvuose.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="515DE685" w14:textId="25C76095" w:rsidR="00524FBB" w:rsidRPr="001C647E" w:rsidRDefault="00524FBB" w:rsidP="00AB4215">
+    <w:p w14:paraId="515DE685" w14:textId="25C76095" w:rsidR="00524FBB" w:rsidRDefault="00524FBB" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokykloje dirbančio psichologo, socialinio pedagogo</w:t>
       </w:r>
       <w:r w:rsidR="00881BED" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -22854,86 +21615,219 @@
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>darbui</w:t>
       </w:r>
       <w:r w:rsidR="00BB22A4" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> veikloms planuoti ir joms pasirengti, dokumentams rengti, bendradarbiauti su mokytojais, vaikų, mokinių tėvais (globėjais, rūpintojais), kitais asmenimis ugdymo ir (arba) švietimo pagalbos klausimais ir k</w:t>
       </w:r>
       <w:r w:rsidR="00BB22A4" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>t.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="6AEABD92" w14:textId="77777777" w:rsidR="006C38A3" w:rsidRDefault="006C38A3" w:rsidP="006C38A3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03FE658B" w14:textId="77777777" w:rsidR="006C38A3" w:rsidRDefault="006C38A3" w:rsidP="006C38A3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E6DBD7E" w14:textId="77777777" w:rsidR="006C38A3" w:rsidRDefault="006C38A3" w:rsidP="006C38A3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35DDBB31" w14:textId="77777777" w:rsidR="006C38A3" w:rsidRDefault="006C38A3" w:rsidP="006C38A3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7404C3F4" w14:textId="77777777" w:rsidR="006C38A3" w:rsidRDefault="006C38A3" w:rsidP="006C38A3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FC420E7" w14:textId="77777777" w:rsidR="006C38A3" w:rsidRDefault="006C38A3" w:rsidP="006C38A3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78D983BB" w14:textId="77777777" w:rsidR="006C38A3" w:rsidRDefault="006C38A3" w:rsidP="006C38A3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43F4C9B4" w14:textId="77777777" w:rsidR="006C38A3" w:rsidRDefault="006C38A3" w:rsidP="006C38A3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B314FB8" w14:textId="77777777" w:rsidR="006C38A3" w:rsidRDefault="006C38A3" w:rsidP="006C38A3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BA325D6" w14:textId="77777777" w:rsidR="006C38A3" w:rsidRDefault="006C38A3" w:rsidP="006C38A3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B87EF59" w14:textId="77777777" w:rsidR="006C38A3" w:rsidRPr="006C38A3" w:rsidRDefault="006C38A3" w:rsidP="006C38A3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="34166DAE" w14:textId="7B834200" w:rsidR="00C32623" w:rsidRPr="001C647E" w:rsidRDefault="005269B9" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Pailgintos mokymosi dienos grupės auklėtojo </w:t>
       </w:r>
       <w:r w:rsidR="00912B42" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pareiginės algos koeficientai:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CE05EFB" w14:textId="7D03E521" w:rsidR="005269B9" w:rsidRPr="001C647E" w:rsidRDefault="00912B42" w:rsidP="00912B42">
-[...1 lines deleted...]
-        <w:ind w:firstLine="4820"/>
+    <w:p w14:paraId="0CE05EFB" w14:textId="7D03E521" w:rsidR="005269B9" w:rsidRPr="001C647E" w:rsidRDefault="00912B42" w:rsidP="006C38A3">
+      <w:pPr>
+        <w:ind w:right="286" w:firstLine="4536"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>(pareiginės algos (atlyginimo) baziniais dydžiais</w:t>
       </w:r>
       <w:r w:rsidR="005269B9" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -23298,192 +22192,160 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Auklėtojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="251E077D" w14:textId="12608926" w:rsidR="009B75C0" w:rsidRPr="001C647E" w:rsidRDefault="009B75C0" w:rsidP="00252582">
+          <w:p w14:paraId="251E077D" w14:textId="4F187AD8" w:rsidR="009B75C0" w:rsidRPr="001C647E" w:rsidRDefault="00305535" w:rsidP="00252582">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>0,</w:t>
-[...7 lines deleted...]
-              <w:t>8305</w:t>
+              <w:t>0,8940</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C1214B7" w14:textId="62583FD2" w:rsidR="009B75C0" w:rsidRPr="001C647E" w:rsidRDefault="009B75C0" w:rsidP="00252582">
+          <w:p w14:paraId="0C1214B7" w14:textId="0BD33C20" w:rsidR="009B75C0" w:rsidRPr="001C647E" w:rsidRDefault="00305535" w:rsidP="00252582">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>0,</w:t>
-[...7 lines deleted...]
-              <w:t>8454</w:t>
+              <w:t>0,9101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CB15CD7" w14:textId="18E3ADF6" w:rsidR="009B75C0" w:rsidRPr="001C647E" w:rsidRDefault="009B75C0" w:rsidP="00252582">
+          <w:p w14:paraId="2CB15CD7" w14:textId="273AE03B" w:rsidR="009B75C0" w:rsidRPr="001C647E" w:rsidRDefault="00305535" w:rsidP="00252582">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>0,</w:t>
-[...7 lines deleted...]
-              <w:t>8603</w:t>
+              <w:t>0,9261</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B436BF7" w14:textId="57687835" w:rsidR="009B75C0" w:rsidRPr="001C647E" w:rsidRDefault="009B75C0" w:rsidP="00252582">
+          <w:p w14:paraId="2B436BF7" w14:textId="0CDF7129" w:rsidR="009B75C0" w:rsidRPr="001C647E" w:rsidRDefault="00305535" w:rsidP="00252582">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C647E">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>0,8</w:t>
-[...7 lines deleted...]
-              <w:t>686</w:t>
+              <w:t>0,9350</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="4A9096B5" w14:textId="77777777" w:rsidTr="009B75C0">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7158D41F" w14:textId="77777777" w:rsidR="009B75C0" w:rsidRPr="001C647E" w:rsidRDefault="009B75C0" w:rsidP="00252582">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -23715,587 +22577,503 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Auklėtojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="43E6725B" w14:textId="4A12A04A" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="009B75C0" w:rsidP="009B75C0">
+          <w:p w14:paraId="43E6725B" w14:textId="7081E06B" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="004A4CE8" w:rsidP="009B75C0">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE6A17">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>0,8</w:t>
-[...7 lines deleted...]
-              <w:t>754</w:t>
+              <w:t>0,9424</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7ABDE8C4" w14:textId="7FF4C65B" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="009B75C0" w:rsidP="009B75C0">
+          <w:p w14:paraId="7ABDE8C4" w14:textId="4AFF7625" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="00C26195" w:rsidP="009B75C0">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE6A17">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>0,8</w:t>
-[...7 lines deleted...]
-              <w:t>835</w:t>
+              <w:t>0,9511</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6297B3FE" w14:textId="43344BD6" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="009B75C0" w:rsidP="009B75C0">
+          <w:p w14:paraId="6297B3FE" w14:textId="0EF1B2BC" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="00C26195" w:rsidP="009B75C0">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE6A17">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>0,8</w:t>
-[...7 lines deleted...]
-              <w:t>902</w:t>
+              <w:t>0,9583</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="75BE56F5" w14:textId="77777777" w:rsidTr="009B75C0">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="024F2309" w14:textId="0C59BC41" w:rsidR="009B75C0" w:rsidRPr="001C647E" w:rsidRDefault="009B75C0" w:rsidP="009B75C0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Vyresnysis auklėtojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="30FFCCBD" w14:textId="38422C3F" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="009B75C0" w:rsidP="009B75C0">
+          <w:p w14:paraId="30FFCCBD" w14:textId="02F715BB" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="004A4CE8" w:rsidP="009B75C0">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE6A17">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>0,8</w:t>
-[...7 lines deleted...]
-              <w:t>972</w:t>
+              <w:t>0,9658</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="605E388A" w14:textId="346D2A93" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="009B75C0" w:rsidP="009B75C0">
+          <w:p w14:paraId="605E388A" w14:textId="48931555" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="00C26195" w:rsidP="009B75C0">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE6A17">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>0,</w:t>
-[...7 lines deleted...]
-              <w:t>9054</w:t>
+              <w:t>0,9747</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="19ABFAB9" w14:textId="51E5380B" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="009B75C0" w:rsidP="009B75C0">
+          <w:p w14:paraId="19ABFAB9" w14:textId="2870FC0F" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="00C26195" w:rsidP="009B75C0">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE6A17">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>0,</w:t>
-[...7 lines deleted...]
-              <w:t>9122</w:t>
+              <w:t>0,9820</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="46818EDA" w14:textId="77777777" w:rsidTr="009B75C0">
         <w:trPr>
           <w:trHeight w:val="377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="221AE759" w14:textId="1AB95C0E" w:rsidR="009B75C0" w:rsidRPr="001C647E" w:rsidRDefault="009B75C0" w:rsidP="009B75C0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Auklėtojas metodininkas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D29FBFF" w14:textId="7ADF7594" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="009B75C0" w:rsidP="009B75C0">
+          <w:p w14:paraId="7D29FBFF" w14:textId="73DE477B" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="004A4CE8" w:rsidP="009B75C0">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE6A17">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>0,</w:t>
-[...7 lines deleted...]
-              <w:t>9203</w:t>
+              <w:t>0,9907</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4EB56E75" w14:textId="625B2068" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="009B75C0" w:rsidP="009B75C0">
+          <w:p w14:paraId="4EB56E75" w14:textId="4AEB89DA" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="00C26195" w:rsidP="009B75C0">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE6A17">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>0,</w:t>
-[...7 lines deleted...]
-              <w:t>9273</w:t>
+              <w:t>0,9982</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="215B4C0F" w14:textId="7DE56390" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="009B75C0" w:rsidP="009B75C0">
+          <w:p w14:paraId="215B4C0F" w14:textId="72641950" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="00C26195" w:rsidP="009B75C0">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE6A17">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>0,</w:t>
-[...7 lines deleted...]
-              <w:t>9353</w:t>
+              <w:t>1,0069</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B75C0" w:rsidRPr="001C647E" w14:paraId="51F30F82" w14:textId="77777777" w:rsidTr="009B75C0">
         <w:trPr>
           <w:trHeight w:val="342"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="73520BE5" w14:textId="68ABF46A" w:rsidR="009B75C0" w:rsidRPr="001C647E" w:rsidRDefault="009B75C0" w:rsidP="009B75C0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Auklėtojas ekspertas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2D9F5411" w14:textId="61D31864" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="009B75C0" w:rsidP="009B75C0">
+          <w:p w14:paraId="2D9F5411" w14:textId="7E28A6DF" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="004A4CE8" w:rsidP="009B75C0">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE6A17">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>0,</w:t>
-[...7 lines deleted...]
-              <w:t>9503</w:t>
+              <w:t>1,0230</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5468DE06" w14:textId="5C869FAE" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="009B75C0" w:rsidP="009B75C0">
+          <w:p w14:paraId="5468DE06" w14:textId="0EF40F26" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="00C26195" w:rsidP="009B75C0">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE6A17">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>0,</w:t>
-[...7 lines deleted...]
-              <w:t>9612</w:t>
+              <w:t>1,0347</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="561A81D1" w14:textId="5B51056E" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="009B75C0" w:rsidP="009D11FD">
+          <w:p w14:paraId="561A81D1" w14:textId="7E5A826D" w:rsidR="009B75C0" w:rsidRPr="00DE6A17" w:rsidRDefault="00C26195" w:rsidP="009D11FD">
             <w:pPr>
               <w:ind w:firstLine="33"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE6A17">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>0,9</w:t>
-[...7 lines deleted...]
-              <w:t>857</w:t>
+              <w:t>1,0611</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="243AFB8B" w14:textId="77777777" w:rsidR="005269B9" w:rsidRPr="001C647E" w:rsidRDefault="005269B9" w:rsidP="005269B9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61BDDE3A" w14:textId="511B9456" w:rsidR="00886BBA" w:rsidRPr="001C647E" w:rsidRDefault="00E801DD" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
@@ -24865,71 +23643,71 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Raštinės administratorius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46901A95" w14:textId="0FB68018" w:rsidR="0091235B" w:rsidRPr="001C647E" w:rsidRDefault="0091235B" w:rsidP="005211B1">
+          <w:p w14:paraId="46901A95" w14:textId="2FF4DF63" w:rsidR="0091235B" w:rsidRPr="001C647E" w:rsidRDefault="0091235B" w:rsidP="005211B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,7</w:t>
             </w:r>
-            <w:r w:rsidR="00DC7061">
-[...4 lines deleted...]
-              <w:t>0</w:t>
+            <w:r w:rsidR="00DD6AC5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2158A3DE" w14:textId="434483D7" w:rsidR="0091235B" w:rsidRPr="001C647E" w:rsidRDefault="0091235B" w:rsidP="005211B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -25012,71 +23790,78 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Duomenų bazių administratorius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3937C4BC" w14:textId="1A1CCA47" w:rsidR="0091235B" w:rsidRPr="001C647E" w:rsidRDefault="0091235B" w:rsidP="005211B1">
+          <w:p w14:paraId="3937C4BC" w14:textId="5F06926E" w:rsidR="0091235B" w:rsidRPr="001C647E" w:rsidRDefault="0091235B" w:rsidP="005211B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,</w:t>
             </w:r>
             <w:r w:rsidR="00DC7061">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>70</w:t>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD6AC5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B832F7F" w14:textId="7A4BF655" w:rsidR="0091235B" w:rsidRPr="001C647E" w:rsidRDefault="0091235B" w:rsidP="005211B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -25159,71 +23944,71 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bibliotekininkas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DE5E07C" w14:textId="61AE386F" w:rsidR="0091235B" w:rsidRPr="001C647E" w:rsidRDefault="0091235B" w:rsidP="005211B1">
+          <w:p w14:paraId="5DE5E07C" w14:textId="3857B41D" w:rsidR="0091235B" w:rsidRPr="001C647E" w:rsidRDefault="0091235B" w:rsidP="005211B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,7</w:t>
             </w:r>
-            <w:r w:rsidR="00DC7061">
-[...4 lines deleted...]
-              <w:t>0</w:t>
+            <w:r w:rsidR="00DD6AC5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56E1CDC3" w14:textId="332119C5" w:rsidR="0091235B" w:rsidRPr="001C647E" w:rsidRDefault="0091235B" w:rsidP="005211B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -25481,71 +24266,71 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,88</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22BA17D6" w14:textId="4DECA3E1" w:rsidR="0091235B" w:rsidRPr="0008499B" w:rsidRDefault="0091235B" w:rsidP="005211B1">
+          <w:p w14:paraId="22BA17D6" w14:textId="1CC711DE" w:rsidR="00826BF4" w:rsidRPr="0008499B" w:rsidRDefault="0091235B" w:rsidP="00826BF4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008499B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1,</w:t>
             </w:r>
-            <w:r w:rsidR="00F6575D" w:rsidRPr="0008499B">
-[...4 lines deleted...]
-              <w:t>21</w:t>
+            <w:r w:rsidR="00826BF4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="1434899C" w14:textId="77777777" w:rsidTr="00D70BE8">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E30890C" w14:textId="0A95CB73" w:rsidR="00B07DA0" w:rsidRPr="001C647E" w:rsidRDefault="0091235B" w:rsidP="005211B1">
@@ -25594,71 +24379,71 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kompiuterinių sistemų specialistas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DF4C210" w14:textId="71AE9A42" w:rsidR="00B07DA0" w:rsidRPr="0008499B" w:rsidRDefault="00B07DA0" w:rsidP="005211B1">
+          <w:p w14:paraId="0DF4C210" w14:textId="0D08C683" w:rsidR="00B07DA0" w:rsidRPr="0008499B" w:rsidRDefault="00B07DA0" w:rsidP="005211B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008499B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>0,6</w:t>
-[...6 lines deleted...]
-              <w:t>7</w:t>
+              <w:t>0,</w:t>
+            </w:r>
+            <w:r w:rsidR="00826BF4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01C596BD" w14:textId="66771343" w:rsidR="00B07DA0" w:rsidRPr="0008499B" w:rsidRDefault="00DC7061" w:rsidP="005211B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -25749,71 +24534,71 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sekretorius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C67693A" w14:textId="5DE91701" w:rsidR="00D70BE8" w:rsidRPr="0008499B" w:rsidRDefault="00D70BE8" w:rsidP="005211B1">
+          <w:p w14:paraId="1C67693A" w14:textId="1D7A05F0" w:rsidR="00D70BE8" w:rsidRPr="0008499B" w:rsidRDefault="00D70BE8" w:rsidP="005211B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008499B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,</w:t>
             </w:r>
-            <w:r w:rsidR="00DC7061" w:rsidRPr="0008499B">
-[...4 lines deleted...]
-              <w:t>64</w:t>
+            <w:r w:rsidR="00826BF4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="463C8760" w14:textId="6314A61F" w:rsidR="00D70BE8" w:rsidRPr="0008499B" w:rsidRDefault="00D70BE8" w:rsidP="005211B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -25903,71 +24688,71 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Laborantas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="615DE8A9" w14:textId="14041C69" w:rsidR="00D70BE8" w:rsidRPr="0008499B" w:rsidRDefault="00D70BE8" w:rsidP="005211B1">
+          <w:p w14:paraId="615DE8A9" w14:textId="0FA110FA" w:rsidR="00D70BE8" w:rsidRPr="0008499B" w:rsidRDefault="00D70BE8" w:rsidP="005211B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008499B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,</w:t>
             </w:r>
-            <w:r w:rsidR="00DC7061" w:rsidRPr="0008499B">
-[...4 lines deleted...]
-              <w:t>64</w:t>
+            <w:r w:rsidR="00826BF4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AB397B3" w14:textId="365A8006" w:rsidR="00D70BE8" w:rsidRPr="0008499B" w:rsidRDefault="00D70BE8" w:rsidP="005211B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -26071,71 +24856,71 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> padėjėjas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D35CEF4" w14:textId="000F13F1" w:rsidR="00D70BE8" w:rsidRPr="0008499B" w:rsidRDefault="00D70BE8" w:rsidP="005211B1">
+          <w:p w14:paraId="7D35CEF4" w14:textId="1D0E80AC" w:rsidR="00D70BE8" w:rsidRPr="0008499B" w:rsidRDefault="00D70BE8" w:rsidP="005211B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008499B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,</w:t>
             </w:r>
-            <w:r w:rsidR="00DC7061" w:rsidRPr="0008499B">
-[...4 lines deleted...]
-              <w:t>64</w:t>
+            <w:r w:rsidR="00826BF4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1451675F" w14:textId="74C20C84" w:rsidR="00D70BE8" w:rsidRPr="0008499B" w:rsidRDefault="00D70BE8" w:rsidP="005211B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -26685,80 +25470,73 @@
     <w:p w14:paraId="1BD16670" w14:textId="77777777" w:rsidR="00366E3B" w:rsidRPr="001C647E" w:rsidRDefault="00366E3B" w:rsidP="00A115D1">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="144" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>kiemsargiui.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B53A822" w14:textId="0931BC93" w:rsidR="00366E3B" w:rsidRPr="001C647E" w:rsidRDefault="00366E3B" w:rsidP="00AB4215">
+    <w:p w14:paraId="4B53A822" w14:textId="0931BC93" w:rsidR="00366E3B" w:rsidRPr="001C647E" w:rsidRDefault="00366E3B" w:rsidP="00654959">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Konkrečių darbuotojų, priskirtų atitinkamoms pareigybėms, pareigos nustatomos </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">pareigybės aprašymuose. Darbo sutartyje gali būti numatytos ir kitos darbuotojo darbo apmokėjimo sąlygos, tačiau jos negali prieštarauti šiai darbo </w:t>
+        <w:t xml:space="preserve">Konkrečių darbuotojų, priskirtų atitinkamoms pareigybėms, pareigos nustatomos pareigybės aprašymuose. Darbo sutartyje gali būti numatytos ir kitos darbuotojo darbo apmokėjimo sąlygos, tačiau jos negali prieštarauti šiai darbo </w:t>
       </w:r>
       <w:r w:rsidR="00842A34" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>apmokėjimo</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sistemai.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54E27996" w14:textId="5BB7FD2E" w:rsidR="00524FBB" w:rsidRPr="001C647E" w:rsidRDefault="00366E3B" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1701"/>
@@ -26779,122 +25557,121 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>koeficientas</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>. Laisvos darbo vietos, kurioms keliami aukštesni kvalifikaciniai reikalavimai, pirmiausia pasiūlomos Progimnazijos darbuotojams, įgijusiems aukštesnę kvalifikaciją.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66104623" w14:textId="77777777" w:rsidR="001F5239" w:rsidRPr="001C647E" w:rsidRDefault="001F5239" w:rsidP="00AB4215">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A1A3D2F" w14:textId="659E9933" w:rsidR="00010AD2" w:rsidRPr="001C647E" w:rsidRDefault="00010AD2" w:rsidP="00010AD2">
+    <w:p w14:paraId="7A1A3D2F" w14:textId="659E9933" w:rsidR="00010AD2" w:rsidRPr="001C647E" w:rsidRDefault="00010AD2" w:rsidP="002C2B54">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="41" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ANTRASIS SKIRSNIS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23D91FFE" w14:textId="38B78943" w:rsidR="00010AD2" w:rsidRPr="001C647E" w:rsidRDefault="000C4AD4" w:rsidP="00982449">
+    <w:p w14:paraId="23D91FFE" w14:textId="1234F8A4" w:rsidR="00010AD2" w:rsidRPr="001C647E" w:rsidRDefault="000C4AD4" w:rsidP="002C2B54">
+      <w:pPr>
+        <w:pStyle w:val="Bodytext20"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C647E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DARBUOTOJŲ VERTINIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741999BE" w14:textId="77777777" w:rsidR="00982449" w:rsidRPr="001C647E" w:rsidRDefault="00982449" w:rsidP="00982449">
       <w:pPr>
         <w:pStyle w:val="Bodytext20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001C647E">
-[...27 lines deleted...]
-    <w:p w14:paraId="6A2FEAB6" w14:textId="0AFBFB7C" w:rsidR="00F13B35" w:rsidRPr="00873CA6" w:rsidRDefault="00393EAB" w:rsidP="00AB4215">
+    </w:p>
+    <w:p w14:paraId="6A2FEAB6" w14:textId="20E08E85" w:rsidR="00F13B35" w:rsidRPr="00873CA6" w:rsidRDefault="00393EAB" w:rsidP="00654959">
       <w:pPr>
         <w:pStyle w:val="Bodytext20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -26972,61 +25749,61 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kvalifikuotiems darbuotojams (C lygio</w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00076B5B" w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">praėjusių metų veiklos </w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>vertinimas atliekamas kiekvienais metais ir nustatoma kintamoji dalis atsižvelgiant į Progimnazijos turimas lėšas</w:t>
+        <w:t>vertinimas atliekamas kiekvienais metais</w:t>
       </w:r>
       <w:r w:rsidR="00076B5B" w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B4C3B05" w14:textId="1A02ACE3" w:rsidR="00F13B35" w:rsidRPr="00873CA6" w:rsidRDefault="00F13B35" w:rsidP="00AB4215">
+    <w:p w14:paraId="4B4C3B05" w14:textId="1A02ACE3" w:rsidR="00F13B35" w:rsidRPr="00873CA6" w:rsidRDefault="00F13B35" w:rsidP="00654959">
       <w:pPr>
         <w:pStyle w:val="Bodytext20"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Darbuotojų veiklos vertinimas atliekamas vadovaujantis Valstybės ir savivaldybių įstaigų darbuotojų veiklos vertinimo tvarkos aprašo, patvirtinto Lietuvos Respublikos Vyriausybės 2017 m. balandžio 5 d. nutarimu Nr. 254 „Dėl Valstybės ir savivaldybių įstaigų darbuotojų veiklos vertinimo tvarkos aprašo patvirtinimo“</w:t>
       </w:r>
@@ -27037,51 +25814,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> (su vėlesniais pakeitimais)</w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nustatyta tvarka</w:t>
       </w:r>
       <w:r w:rsidR="00076B5B" w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6490629D" w14:textId="2EA52C5A" w:rsidR="00DC7061" w:rsidRPr="00CF5490" w:rsidRDefault="00F13B35" w:rsidP="006956FE">
+    <w:p w14:paraId="6490629D" w14:textId="2EA52C5A" w:rsidR="00DC7061" w:rsidRPr="00CF5490" w:rsidRDefault="00F13B35" w:rsidP="00654959">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5490">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -27108,283 +25885,350 @@
         <w:t>ministro </w:t>
       </w:r>
       <w:r w:rsidR="00CF5490" w:rsidRPr="00CF5490">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">2024 m. vasario 5 d. įsakymo Nr. V-130 redakcijos </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5490">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Valstybinių ir savivaldybių švietimo įstaigų (išskyrus aukštąsias mokyklas) vadovų, jų pavaduotojų ugdymui, ugdymą organizuojančių skyrių vedėjų veiklos vertinimo nuostatais</w:t>
       </w:r>
       <w:r w:rsidR="00DC7061" w:rsidRPr="00CF5490">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46810A61" w14:textId="1A86E30C" w:rsidR="00F13B35" w:rsidRPr="00873CA6" w:rsidRDefault="00DC7061" w:rsidP="00AB4215">
-[...50 lines deleted...]
-    <w:p w14:paraId="3F96F9D5" w14:textId="303E0D2F" w:rsidR="00536643" w:rsidRPr="00873CA6" w:rsidRDefault="00536643" w:rsidP="00AB4215">
+    <w:p w14:paraId="3F96F9D5" w14:textId="303E0D2F" w:rsidR="00536643" w:rsidRPr="00873CA6" w:rsidRDefault="00536643" w:rsidP="00654959">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="851"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Direktoriaus pavaduotojo ugdymui veiklos vertinimo tikslas – įvertinti pasiektus veiklos rezultatus pagal nustatytas veiklos vertinimo užduotis ir jų įgyvendinimo rodiklius, gebėjimus atlikti pareigybės aprašyme nustatytas funkcijas ir numatyti galimybes veiklą tobulinti.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A2F03DF" w14:textId="2A5C9CEA" w:rsidR="00536643" w:rsidRPr="00873CA6" w:rsidRDefault="00166412" w:rsidP="00AB4215">
+    <w:p w14:paraId="5A2F03DF" w14:textId="2A5C9CEA" w:rsidR="00536643" w:rsidRPr="00AE6343" w:rsidRDefault="00166412" w:rsidP="00654959">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00873CA6">
+      <w:r w:rsidRPr="00AE6343">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Progimnazijos</w:t>
       </w:r>
-      <w:r w:rsidR="00536643" w:rsidRPr="00873CA6">
+      <w:r w:rsidR="00536643" w:rsidRPr="00AE6343">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojų,</w:t>
       </w:r>
-      <w:r w:rsidR="00536643" w:rsidRPr="00873CA6">
+      <w:r w:rsidR="00536643" w:rsidRPr="00AE6343">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00536643" w:rsidRPr="00873CA6">
+      <w:r w:rsidR="00536643" w:rsidRPr="00AE6343">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>veiklos vertinimo tikslas – nustatyta tvarka įvertinti jų kompetenciją (įgūdžius, žinias, gebėjimus) ir pasiektus veiklos rezultatus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29E1BA9E" w14:textId="7A8092F6" w:rsidR="00C50E4F" w:rsidRPr="00873CA6" w:rsidRDefault="00076B5B" w:rsidP="00AB4215">
+    <w:p w14:paraId="29E1BA9E" w14:textId="7A8092F6" w:rsidR="00C50E4F" w:rsidRPr="00AE6343" w:rsidRDefault="00076B5B" w:rsidP="00654959">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00873CA6">
+      <w:r w:rsidRPr="00AE6343">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Veikla gali būti įvertinta taip:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15F98E09" w14:textId="77777777" w:rsidR="00076B5B" w:rsidRPr="00873CA6" w:rsidRDefault="00076B5B" w:rsidP="00AB4215">
+    <w:p w14:paraId="15F98E09" w14:textId="0458A7AF" w:rsidR="00076B5B" w:rsidRPr="00AE6343" w:rsidRDefault="00076B5B" w:rsidP="00654959">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="851"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00873CA6">
+      <w:r w:rsidRPr="00AE6343">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>1) viršijanti lūkesčius;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="21CABEC5" w14:textId="77777777" w:rsidR="00076B5B" w:rsidRPr="00873CA6" w:rsidRDefault="00076B5B" w:rsidP="00AB4215">
+        <w:t>1) viršijanti lūkesčius</w:t>
+      </w:r>
+      <w:r w:rsidR="006E69A0" w:rsidRPr="00AE6343">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00654959">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="006E69A0" w:rsidRPr="00AE6343">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E69A0" w:rsidRPr="00AE6343">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įvykdė visas užduotis ir bent 50 proc. vertinimo rodiklių viršijo, gebėjimai atlikti pareigybės aprašyme nustatytas funkcijas vertinami puikiai arba efektyviai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21CABEC5" w14:textId="6BF7A618" w:rsidR="00076B5B" w:rsidRPr="00AE6343" w:rsidRDefault="00076B5B" w:rsidP="00654959">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="851"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00873CA6">
+      <w:r w:rsidRPr="00AE6343">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>2) atitinkanti lūkesčius;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7A055AB0" w14:textId="77777777" w:rsidR="00076B5B" w:rsidRPr="00873CA6" w:rsidRDefault="00076B5B" w:rsidP="00AB4215">
+        <w:t>2) atitinkanti lūkesčius</w:t>
+      </w:r>
+      <w:r w:rsidR="00654959">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidR="0014118B" w:rsidRPr="00AE6343">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iš esmės įvykdė užduotis arba neįvykdė vienos užduoties pagal </w:t>
+      </w:r>
+      <w:r w:rsidR="0014118B" w:rsidRPr="00AE6343">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>sutartus vertinimo rodiklius, gebėjimai atlikti pareigybės aprašyme nustatytas funkcijas vertinami efektyviai arba pakankamai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A055AB0" w14:textId="4DC0443D" w:rsidR="00076B5B" w:rsidRPr="00AE6343" w:rsidRDefault="00076B5B" w:rsidP="00654959">
+      <w:pPr>
+        <w:pStyle w:val="Bodytext20"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE6343">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>3) iš dalies atitinkanti lūkesčius</w:t>
+      </w:r>
+      <w:r w:rsidR="0014118B" w:rsidRPr="00AE6343">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00654959">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0014118B" w:rsidRPr="00AE6343">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB2BC2" w:rsidRPr="00AE6343">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įvykdė ne mažiau kaip 50 proc. užduočių pagal sutartus vertinimo rodiklius, gebėjimai atlikti pareigybės aprašyme nustatytas funkcijas vertinami efektyviai arba pakankamai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A750AF3" w14:textId="63F20E6F" w:rsidR="00076B5B" w:rsidRPr="00AE6343" w:rsidRDefault="00076B5B" w:rsidP="00654959">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="851" w:firstLine="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00873CA6">
+      <w:r w:rsidRPr="00AE6343">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>3) iš dalies atitinkanti lūkesčius;</w:t>
-[...6 lines deleted...]
-        <w:ind w:left="851" w:firstLine="0"/>
+        <w:t>4) neatitinkanti lūkesčių</w:t>
+      </w:r>
+      <w:r w:rsidR="00654959">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00873CA6">
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB2BC2" w:rsidRPr="00AE6343">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>4) neatitinkanti lūkesčių.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6343" w:rsidRPr="00AE6343">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be pateisinančių aplinkybių neįvykdė 50 proc. ar daugiau užduočių pagal sutartus vertinimo rodiklius, gebėjimai</w:t>
+      </w:r>
+      <w:r w:rsidR="00085E54">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3731CD3E" w14:textId="49D9DCB2" w:rsidR="00076B5B" w:rsidRPr="00873CA6" w:rsidRDefault="00076B5B" w:rsidP="00F14927">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="3" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeigu </w:t>
       </w:r>
@@ -27455,181 +26299,173 @@
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojo veikla įvertinama kaip viršijanti lūkesčius, tiesioginio vadovo rašytiniu motyvuotu pasiūlymu</w:t>
       </w:r>
       <w:r w:rsidR="00505A59" w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="381D2550" w14:textId="6966BF4F" w:rsidR="00505A59" w:rsidRPr="001C647E" w:rsidRDefault="00505A59" w:rsidP="00AB4215">
+    <w:p w14:paraId="381D2550" w14:textId="7878533B" w:rsidR="00505A59" w:rsidRPr="001C647E" w:rsidRDefault="00505A59" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>darbuotojui, atsižvelgiant į darbo apmokėjimo sistemos nuostatas, gali būti nustatomas didesnis pareiginės algos koeficientas, taikant ne mažiau kaip 0,06 didesnį pareiginės algos koeficientą, tačiau ne didesnį, negu nustatytas tos pareigybės didžiausias pareiginės algos koeficientas</w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, o direktoriaus  pavaduotojui ugdymui, </w:t>
       </w:r>
       <w:r w:rsidRPr="00873CA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>taikant ne mažiau kaip 0,06 didesnį pareiginės algos koeficientą, tačiau padidintas pareiginės algos koeficientas negali viršyti 55.2.1 punkte</w:t>
+        <w:t xml:space="preserve">taikant ne mažiau kaip 0,06 didesnį pareiginės algos koeficientą, tačiau padidintas pareiginės algos koeficientas negali viršyti </w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> nustatyto pareiginės algos koeficiento, padauginto iš 1,4</w:t>
+        <w:t>nustatyto pareiginės algos koeficiento, padauginto iš 1,4</w:t>
       </w:r>
       <w:r w:rsidR="00F14927">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> arba</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D2A5B77" w14:textId="5E962CB8" w:rsidR="00DC7061" w:rsidRDefault="00505A59" w:rsidP="00AB4215">
+    <w:p w14:paraId="5D2A5B77" w14:textId="5E962CB8" w:rsidR="00DC7061" w:rsidRDefault="00505A59" w:rsidP="00654959">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>darbuotojui gali būti taikomos V skirsnio 3</w:t>
       </w:r>
       <w:r w:rsidR="00CF5490">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> punkte nustatytos skatinimo priemonės</w:t>
       </w:r>
       <w:r w:rsidR="00F14927">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>arba</w:t>
+        <w:t xml:space="preserve"> arba</w:t>
       </w:r>
       <w:r w:rsidR="00DC7061">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DB7DBF9" w14:textId="7656DED9" w:rsidR="00D603F6" w:rsidRDefault="00CA09B0" w:rsidP="00D603F6">
+    <w:p w14:paraId="4DB7DBF9" w14:textId="7656DED9" w:rsidR="00D603F6" w:rsidRDefault="00CA09B0" w:rsidP="00654959">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>progimnazij</w:t>
       </w:r>
@@ -27682,51 +26518,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> šiai pareigybei keliamus reikalavimus ir jeigu toks perkėlimas nepri</w:t>
       </w:r>
       <w:r w:rsidR="00D603F6" w:rsidRPr="00D603F6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">eštarauja Lietuvos Respublikos viešųjų </w:t>
       </w:r>
       <w:r w:rsidR="00D603F6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ir privačių interesų derinimo įstatymo 23 straipsniui arba;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D1BA968" w14:textId="21468572" w:rsidR="00505A59" w:rsidRPr="00D603F6" w:rsidRDefault="00CA09B0" w:rsidP="00D603F6">
+    <w:p w14:paraId="4D1BA968" w14:textId="21468572" w:rsidR="00505A59" w:rsidRPr="00D603F6" w:rsidRDefault="00CA09B0" w:rsidP="00654959">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">progimnazijos </w:t>
       </w:r>
@@ -27751,51 +26587,51 @@
         </w:rPr>
         <w:t>įstaigoje esančias aukštesnes</w:t>
       </w:r>
       <w:r w:rsidR="002C151C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (išskyrus įstaigos vadovo ar jo pavaduotojo) </w:t>
       </w:r>
       <w:r w:rsidR="00D603F6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pareigas, kurios įstaigos darbo apmokėjimo sistemoje priskirtos aukštesniam pareigybių lygmeniui (pakopai)</w:t>
       </w:r>
       <w:r w:rsidR="00505A59" w:rsidRPr="00D603F6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39B7B1B6" w14:textId="7CA0C9AE" w:rsidR="00505A59" w:rsidRPr="001C647E" w:rsidRDefault="00A7134B" w:rsidP="00AB4215">
+    <w:p w14:paraId="39B7B1B6" w14:textId="7CA0C9AE" w:rsidR="00505A59" w:rsidRPr="001C647E" w:rsidRDefault="00A7134B" w:rsidP="00654959">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeigu </w:t>
@@ -27811,95 +26647,95 @@
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojo veikla įvertinama kaip iš dalies atitinkanti lūkesčius, jo teisinė padėtis nesikeičia, tačiau </w:t>
       </w:r>
       <w:r w:rsidR="00166412" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojui gali būti nustatomas kvalifikacijos tobulinimas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A7C8DBA" w14:textId="48568830" w:rsidR="00505A59" w:rsidRPr="001C647E" w:rsidRDefault="00A7134B" w:rsidP="00AB4215">
+    <w:p w14:paraId="6A7C8DBA" w14:textId="48568830" w:rsidR="00505A59" w:rsidRPr="001C647E" w:rsidRDefault="00A7134B" w:rsidP="00654959">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Kai </w:t>
       </w:r>
       <w:r w:rsidR="00166412" w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojo veikla įvertinama kaip neatitinkanti lūkesčių:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A2CD631" w14:textId="6BC04ADD" w:rsidR="00505A59" w:rsidRPr="006673EB" w:rsidRDefault="00166412" w:rsidP="00AB4215">
+    <w:p w14:paraId="4A2CD631" w14:textId="6BC04ADD" w:rsidR="00505A59" w:rsidRPr="006673EB" w:rsidRDefault="00166412" w:rsidP="00654959">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006673EB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Progimnazijos</w:t>
@@ -27922,51 +26758,51 @@
       <w:r w:rsidR="00A7134B" w:rsidRPr="006673EB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>taikant 0,1 mažesnį pareiginės algos koeficientą</w:t>
       </w:r>
       <w:r w:rsidR="002C151C" w:rsidRPr="006673EB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> arba</w:t>
       </w:r>
       <w:r w:rsidR="00A7134B" w:rsidRPr="006673EB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="628B31B8" w14:textId="74C92322" w:rsidR="00A7134B" w:rsidRPr="006673EB" w:rsidRDefault="00CA09B0" w:rsidP="00AB4215">
+    <w:p w14:paraId="628B31B8" w14:textId="74C92322" w:rsidR="00A7134B" w:rsidRPr="006673EB" w:rsidRDefault="00CA09B0" w:rsidP="00654959">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006673EB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">progimnazijos </w:t>
       </w:r>
@@ -28067,54 +26903,63 @@
         </w:rPr>
         <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="007054DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojo veikla neeilinio vertinimo metu įvertinama kaip neatitinkanti lūkesčių, </w:t>
       </w:r>
       <w:r w:rsidR="00166412" w:rsidRPr="007054DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="007054DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> darbuotojas gali būti atleidžiamas iš pareigų.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1809DC19" w14:textId="0C629D43" w:rsidR="00A7134B" w:rsidRPr="007054DA" w:rsidRDefault="00166412" w:rsidP="00AB4215">
+        <w:t xml:space="preserve"> darbuotojas gali būti atleidžiamas iš </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007054DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>pareigų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1809DC19" w14:textId="0C629D43" w:rsidR="00A7134B" w:rsidRPr="007054DA" w:rsidRDefault="00166412" w:rsidP="00654959">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007054DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Progimnazijos</w:t>
@@ -28170,63 +27015,63 @@
       <w:r w:rsidR="00536643" w:rsidRPr="007054DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojo tiesioginis vadovas atlieka pakartotinį </w:t>
       </w:r>
       <w:r w:rsidRPr="007054DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00536643" w:rsidRPr="007054DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojo veiklos vertinimą. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73477FF8" w14:textId="0C981811" w:rsidR="00C50E4F" w:rsidRPr="007054DA" w:rsidRDefault="00C50E4F" w:rsidP="00AB4215">
+    <w:p w14:paraId="73477FF8" w14:textId="0C981811" w:rsidR="00C50E4F" w:rsidRPr="007054DA" w:rsidRDefault="00C50E4F" w:rsidP="00654959">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="851"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007054DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Progimnazijos direktorius, gavęs iš tiesioginių vadovų darbuotojų įvertinimą, per 10 darbo dienų priima motyvuotą sprendimą pritarti arba nepritarti Progimnazijos darbuotojo tiesioginio vadovo siūlymams. Šis sprendimas galioja iki kito darbuotojų kasmetinio veiklos vertinimo. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="283A5028" w14:textId="77777777" w:rsidR="002F1BF8" w:rsidRDefault="002F1BF8" w:rsidP="00C50E4F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -28350,596 +27195,457 @@
     </w:p>
     <w:p w14:paraId="54DB61EE" w14:textId="44D6562E" w:rsidR="00010AD2" w:rsidRPr="007054DA" w:rsidRDefault="00010AD2" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007054DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Progimnazijos darbuotojams taikomos ir kitos Lietuvos Respublikos darbo kodekse ir </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="7F48D381" w14:textId="178D83D8" w:rsidR="00010AD2" w:rsidRPr="007054DA" w:rsidRDefault="00010AD2" w:rsidP="00AB4215">
+        <w:t>Progimnazijos darbuotojams taikomos ir kitos Lietuvos Respublikos darbo kodekse ir kituose teisės aktuose nustatytos darbo apmokėjimo sąlygos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F48D381" w14:textId="4D0D50D3" w:rsidR="00010AD2" w:rsidRDefault="00814284" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007054DA">
-[...77 lines deleted...]
-    <w:p w14:paraId="27E6F938" w14:textId="1EF849A8" w:rsidR="00010AD2" w:rsidRPr="007054DA" w:rsidRDefault="00010AD2" w:rsidP="00AB4215">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kintamoji dalis darbuotojams (</w:t>
+      </w:r>
+      <w:r w:rsidR="00315702" w:rsidRPr="00873CA6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus pavaduotojų ugdymui,  mokinio padėjėjams, specialistams (A ir B lygio), direktoriaus pavaduotojui ūkio reikalams, kvalifikuotiems darbuotojams (C lygio)</w:t>
+      </w:r>
+      <w:r w:rsidR="00981265">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), atsižvelgiant į jų praėjusių metų vertinimą </w:t>
+      </w:r>
+      <w:r w:rsidR="00B22D48">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>galioja iki 2026 m. vasario 28 d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CDCAAC6" w14:textId="6DF9BBE9" w:rsidR="004E445E" w:rsidRPr="007054DA" w:rsidRDefault="004E445E" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007054DA">
-[...28 lines deleted...]
-    <w:p w14:paraId="62F3AED6" w14:textId="32B060DC" w:rsidR="00010AD2" w:rsidRPr="007054DA" w:rsidRDefault="00010AD2" w:rsidP="00AB4215">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nuo 2026 m. kovo 1 d. šiems darbuotojams (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00873CA6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus pavaduotojų ugdymui, mokinio padėjėjams, specialistams (A ir B lygio), direktoriaus pavaduotojui ūkio reikalams, kvalifikuotiems darbuotojams (C lygio)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E513CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) nustatomas pareiginės algos koeficientas įskaičiuojant ir darbuotojo turėtą kint</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC51CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amąją</w:t>
+      </w:r>
+      <w:r w:rsidR="006464A5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4372">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dalį</w:t>
+      </w:r>
+      <w:r w:rsidR="006464A5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (patvirtintas direktoriaus įsakymu).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27E6F938" w14:textId="1EF849A8" w:rsidR="00010AD2" w:rsidRPr="007054DA" w:rsidRDefault="00010AD2" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007054DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Sistema skelbiama Raseinių Šaltinio progimnazijos interneto svetainėje</w:t>
-[...52 lines deleted...]
-    <w:p w14:paraId="39872B3F" w14:textId="6C080551" w:rsidR="00010AD2" w:rsidRPr="007054DA" w:rsidRDefault="00010AD2" w:rsidP="00AB4215">
+        <w:t>Sistema patvirtin</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ama</w:t>
+      </w:r>
+      <w:r w:rsidR="0022596F" w:rsidRPr="007054DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, atlikus informavimo ir konsultavimo procedūras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007054DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> su Progimnazijos darbuotojų profsąjunga, laikantis lyčių lygybės ir nediskriminavimo kitais pagrindais principų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62F3AED6" w14:textId="5B844D1F" w:rsidR="00010AD2" w:rsidRPr="007054DA" w:rsidRDefault="00010AD2" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007054DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Patvirtinus sistemą, darbuotojai su ja</w:t>
+        <w:t>Sistema skelbiama Raseinių Šaltinio progimnazijos interneto svetainėje</w:t>
       </w:r>
       <w:r w:rsidR="006D4A64" w:rsidRPr="007054DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00654959" w:rsidRPr="004A640C">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaitas"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lt-LT"/>
+          </w:rPr>
+          <w:t>https://saltiniomokykla.lt</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00654959">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> supažindinami elektroninėmis priemonėmis Dokumentų valdymo sistemoje (DVS) </w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="1192F21F" w14:textId="6921984C" w:rsidR="00010AD2" w:rsidRPr="007054DA" w:rsidRDefault="00010AD2" w:rsidP="00AB4215">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F5239" w:rsidRPr="007054DA">
+        <w:rPr>
+          <w:rStyle w:val="Hipersaitas"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009B53D4" w:rsidRPr="007054DA">
+        <w:rPr>
+          <w:rStyle w:val="Hipersaitas"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39872B3F" w14:textId="6C080551" w:rsidR="00010AD2" w:rsidRPr="007054DA" w:rsidRDefault="00010AD2" w:rsidP="00AB4215">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007054DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Patvirtinus sistemą, darbuotojai su ja</w:t>
+      </w:r>
+      <w:r w:rsidR="006D4A64" w:rsidRPr="007054DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> supažindinami elektroninėmis priemonėmis Dokumentų valdymo sistemoje (DVS) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007054DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir privalo laikytis joje nustatytų įpareigojimų bei atlikdami savo darbo funkcijas vadovautis sistemoje nustatytais principais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1192F21F" w14:textId="6921984C" w:rsidR="00010AD2" w:rsidRPr="007054DA" w:rsidRDefault="00010AD2" w:rsidP="00AB4215">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="574"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1701"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="851"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007054DA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Progimnazijos direktorius turi teisę iš dalies arba visiškai pakeisti šią sistemą. Su pakeitimais darbuotojai ir kiti atsakingi asmenys supažindinami pasirašytinai elektroninėmis priemonėmis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="164CFE13" w14:textId="3C86A213" w:rsidR="00654260" w:rsidRPr="001C647E" w:rsidRDefault="00654260" w:rsidP="00497E5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="574"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="41" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="344DCA55" w14:textId="72702793" w:rsidR="00497E5D" w:rsidRDefault="00497E5D" w:rsidP="00253768">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40D37B25" w14:textId="77777777" w:rsidR="007E68ED" w:rsidRDefault="007E68ED" w:rsidP="00253768">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AF1E50E" w14:textId="77777777" w:rsidR="007E68ED" w:rsidRDefault="007E68ED" w:rsidP="00253768">
+    <w:p w14:paraId="3870502F" w14:textId="77777777" w:rsidR="007E68ED" w:rsidRDefault="007E68ED" w:rsidP="00253768">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24DABAFB" w14:textId="77777777" w:rsidR="007E68ED" w:rsidRDefault="007E68ED" w:rsidP="00253768">
+    <w:p w14:paraId="1DCF9079" w14:textId="77777777" w:rsidR="00D43E0E" w:rsidRDefault="00D43E0E" w:rsidP="00253768">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28FBB54C" w14:textId="77777777" w:rsidR="007E68ED" w:rsidRDefault="007E68ED" w:rsidP="00253768">
-[...164 lines deleted...]
-    <w:p w14:paraId="1F3D2775" w14:textId="41BFA676" w:rsidR="00654260" w:rsidRPr="001C647E" w:rsidRDefault="00654260" w:rsidP="006B3746">
+    <w:p w14:paraId="0D2AF39C" w14:textId="77777777" w:rsidR="00CD34C0" w:rsidRDefault="00CD34C0" w:rsidP="00654959">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6521"/>
+        </w:tabs>
+        <w:spacing w:before="90"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C25C864" w14:textId="77777777" w:rsidR="00CD34C0" w:rsidRDefault="00CD34C0" w:rsidP="00654959">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6521"/>
+        </w:tabs>
+        <w:spacing w:before="90"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F3D2775" w14:textId="43D060FE" w:rsidR="00654260" w:rsidRPr="001C647E" w:rsidRDefault="00654260" w:rsidP="006B3746">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6521"/>
         </w:tabs>
         <w:spacing w:before="90"/>
         <w:ind w:left="6237"/>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
-        <w:t xml:space="preserve">Raseinių Šaltinio progimnazijos darbuotojų darbo apmokėjimo </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001C647E">
         <w:lastRenderedPageBreak/>
-        <w:t>sistemos</w:t>
+        <w:t>Raseinių Šaltinio progimnazijos darbuotojų darbo apmokėjimo sistemos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="081F64CF" w14:textId="77777777" w:rsidR="00654260" w:rsidRPr="001C647E" w:rsidRDefault="00654260" w:rsidP="00B66E48">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6521"/>
           <w:tab w:val="left" w:pos="7275"/>
         </w:tabs>
         <w:ind w:left="6237" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>priedas</w:t>
       </w:r>
     </w:p>
@@ -29022,55 +27728,55 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2848"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
       <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="1EB1305D" w14:textId="77777777" w:rsidTr="006B3746">
         <w:trPr>
           <w:trHeight w:val="551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2848" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="49DB259C" w14:textId="77777777" w:rsidR="006B3746" w:rsidRPr="001C647E" w:rsidRDefault="006B3746" w:rsidP="00347A5B">
+          <w:p w14:paraId="49DB259C" w14:textId="77777777" w:rsidR="006B3746" w:rsidRPr="00654959" w:rsidRDefault="006B3746" w:rsidP="00347A5B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
-                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_Hlk95986174"/>
           </w:p>
           <w:p w14:paraId="773E9C73" w14:textId="77777777" w:rsidR="006B3746" w:rsidRPr="001C647E" w:rsidRDefault="006B3746" w:rsidP="00347A5B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="11"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3804CC42" w14:textId="77777777" w:rsidR="006B3746" w:rsidRPr="001C647E" w:rsidRDefault="006B3746" w:rsidP="006B3746">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="147" w:firstLine="40"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
@@ -31511,55 +30217,52 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="181C3BD5" w14:textId="77777777" w:rsidR="00DE2CD4" w:rsidRPr="001C647E" w:rsidRDefault="00DE2CD4" w:rsidP="006B3746">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6521"/>
         </w:tabs>
         <w:spacing w:before="90"/>
         <w:ind w:left="6237"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09294508" w14:textId="7B80D299" w:rsidR="006B3746" w:rsidRPr="001C647E" w:rsidRDefault="006B3746" w:rsidP="006B3746">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6521"/>
         </w:tabs>
         <w:spacing w:before="90"/>
         <w:ind w:left="6237"/>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
-        <w:t xml:space="preserve">Raseinių Šaltinio progimnazijos darbuotojų darbo apmokėjimo </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001C647E">
         <w:lastRenderedPageBreak/>
-        <w:t>sistemos</w:t>
+        <w:t>Raseinių Šaltinio progimnazijos darbuotojų darbo apmokėjimo sistemos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F49EEFE" w14:textId="64E9BB40" w:rsidR="006B3746" w:rsidRPr="001C647E" w:rsidRDefault="006B3746" w:rsidP="00B66E48">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6521"/>
           <w:tab w:val="left" w:pos="7275"/>
         </w:tabs>
         <w:ind w:left="6237" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>priedas</w:t>
       </w:r>
     </w:p>
@@ -32265,55 +30968,52 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CE49154" w14:textId="77777777" w:rsidR="00564142" w:rsidRPr="001C647E" w:rsidRDefault="00564142" w:rsidP="006B3746">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6521"/>
         </w:tabs>
         <w:spacing w:before="90"/>
         <w:ind w:left="6237"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DA3ECB9" w14:textId="02D5BDF2" w:rsidR="006B3746" w:rsidRPr="001C647E" w:rsidRDefault="006B3746" w:rsidP="006B3746">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6521"/>
         </w:tabs>
         <w:spacing w:before="90"/>
         <w:ind w:left="6237"/>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
-        <w:t xml:space="preserve">Raseinių Šaltinio progimnazijos darbuotojų darbo apmokėjimo </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001C647E">
         <w:lastRenderedPageBreak/>
-        <w:t>sistemos</w:t>
+        <w:t>Raseinių Šaltinio progimnazijos darbuotojų darbo apmokėjimo sistemos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44BD54AA" w14:textId="513292D9" w:rsidR="006B3746" w:rsidRPr="001C647E" w:rsidRDefault="006B3746" w:rsidP="00B66E48">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6521"/>
           <w:tab w:val="left" w:pos="7275"/>
         </w:tabs>
         <w:ind w:left="6237" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>priedas</w:t>
       </w:r>
     </w:p>
@@ -34311,107 +33011,167 @@
           <w:p w14:paraId="01A459B1" w14:textId="6AFD84EA" w:rsidR="00982449" w:rsidRPr="001C647E" w:rsidRDefault="005D744D" w:rsidP="005D744D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00982449" w:rsidRPr="001C647E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR" w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve"> val.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00982449" w:rsidRPr="001C647E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>val</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00982449" w:rsidRPr="001C647E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19118FFA" w14:textId="468FA4D5" w:rsidR="00982449" w:rsidRPr="001C647E" w:rsidRDefault="005D744D" w:rsidP="005D744D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r w:rsidR="00982449" w:rsidRPr="001C647E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR" w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve"> val.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00982449" w:rsidRPr="001C647E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>val</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00982449" w:rsidRPr="001C647E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48E63BDF" w14:textId="636B3EA5" w:rsidR="00982449" w:rsidRPr="001C647E" w:rsidRDefault="00C613D4" w:rsidP="005D744D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR" w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR" w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="005D744D" w:rsidRPr="001C647E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR" w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>0 val.</w:t>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="005D744D" w:rsidRPr="001C647E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>val</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="005D744D" w:rsidRPr="001C647E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="1E2AC760" w14:textId="77777777" w:rsidTr="005D744D">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15C35439" w14:textId="77777777" w:rsidR="00982449" w:rsidRPr="001C647E" w:rsidRDefault="00982449" w:rsidP="005D744D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="457"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
@@ -35323,74 +34083,86 @@
       <w:tr w:rsidR="001C647E" w:rsidRPr="001C647E" w14:paraId="6EFC0F1C" w14:textId="77777777" w:rsidTr="005D744D">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C0BB3C6" w14:textId="77777777" w:rsidR="00982449" w:rsidRPr="001C647E" w:rsidRDefault="00982449" w:rsidP="005D744D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>3.1. pedagoginių darbuotojų didaktinis, dalykinis konsultavimas</w:t>
+              <w:t xml:space="preserve">3.1. pedagoginių darbuotojų </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C647E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>didaktinis, dalykinis konsultavimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57FC70F8" w14:textId="77777777" w:rsidR="00982449" w:rsidRPr="001C647E" w:rsidRDefault="00982449" w:rsidP="005D744D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Mentorystė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A86C339" w14:textId="77777777" w:rsidR="00982449" w:rsidRPr="001C647E" w:rsidRDefault="00982449" w:rsidP="005D744D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>20 – 50 val.</w:t>
@@ -35402,51 +34174,50 @@
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56DCA838" w14:textId="77777777" w:rsidR="00982449" w:rsidRPr="001C647E" w:rsidRDefault="00982449" w:rsidP="005D744D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3.2. kvalifikacijos tobulinimo programų rengimas ir įgyvendinimas mokykloje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A2E60B5" w14:textId="77777777" w:rsidR="00982449" w:rsidRPr="001C647E" w:rsidRDefault="00982449" w:rsidP="005D744D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C647E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kvalifikacijos programų, mokymų rengimas ir įgyvendinimas mokykloje</w:t>
             </w:r>
           </w:p>
@@ -38511,71 +37282,71 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C647E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>____________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A901E3" w:rsidRPr="001C647E" w:rsidSect="00036C2F">
       <w:pgSz w:w="16840" w:h="11910" w:orient="landscape"/>
       <w:pgMar w:top="573" w:right="1134" w:bottom="1560" w:left="1134" w:header="612" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="376D6267" w14:textId="77777777" w:rsidR="002B3D15" w:rsidRDefault="002B3D15">
+    <w:p w14:paraId="7485E7BC" w14:textId="77777777" w:rsidR="009C4A66" w:rsidRDefault="009C4A66">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09D6FF04" w14:textId="77777777" w:rsidR="002B3D15" w:rsidRDefault="002B3D15">
+    <w:p w14:paraId="463667A9" w14:textId="77777777" w:rsidR="009C4A66" w:rsidRDefault="009C4A66">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -38583,58 +37354,58 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Carlito">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03BA80C6" w14:textId="77777777" w:rsidR="002B3D15" w:rsidRDefault="002B3D15">
+    <w:p w14:paraId="5CB58886" w14:textId="77777777" w:rsidR="009C4A66" w:rsidRDefault="009C4A66">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63D98FCF" w14:textId="77777777" w:rsidR="002B3D15" w:rsidRDefault="002B3D15">
+    <w:p w14:paraId="25FB48B5" w14:textId="77777777" w:rsidR="009C4A66" w:rsidRDefault="009C4A66">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="04398173" w14:textId="77777777" w:rsidR="00252582" w:rsidRDefault="00252582">
     <w:pPr>
       <w:pStyle w:val="Pagrindinistekstas"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="lt-LT"/>
       </w:rPr>
       <mc:AlternateContent>
@@ -38779,73 +37550,75 @@
                         <w:noProof/>
                       </w:rPr>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C94376B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6590E464"/>
+    <w:tmpl w:val="C646E3A2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="55"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1331" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2422" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:strike w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3273" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -40612,51 +39385,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6408" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64B37F50"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0F3CDDFE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="65"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1331" w:hanging="480"/>
+        <w:ind w:left="1190" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1188" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2422" w:hanging="720"/>
       </w:pPr>
@@ -41005,540 +39778,590 @@
   <w:num w:numId="14" w16cid:durableId="953362578">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="783965707">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="631328888">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2001419672">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1387603954">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="330066457">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E55AF9"/>
     <w:rsid w:val="000002B1"/>
     <w:rsid w:val="00003886"/>
     <w:rsid w:val="00006A83"/>
     <w:rsid w:val="000077FD"/>
     <w:rsid w:val="00010AD2"/>
     <w:rsid w:val="000157B8"/>
     <w:rsid w:val="000159C8"/>
     <w:rsid w:val="00024957"/>
     <w:rsid w:val="00036C2F"/>
+    <w:rsid w:val="00040C08"/>
     <w:rsid w:val="00052829"/>
     <w:rsid w:val="00054170"/>
     <w:rsid w:val="00056317"/>
     <w:rsid w:val="00056772"/>
     <w:rsid w:val="0007223E"/>
     <w:rsid w:val="00076B5B"/>
     <w:rsid w:val="0008164C"/>
     <w:rsid w:val="0008499B"/>
     <w:rsid w:val="00084CC1"/>
+    <w:rsid w:val="00085E54"/>
     <w:rsid w:val="000A3F34"/>
     <w:rsid w:val="000A6806"/>
     <w:rsid w:val="000C4AD4"/>
     <w:rsid w:val="000C72C3"/>
     <w:rsid w:val="000D1ADF"/>
     <w:rsid w:val="000E1775"/>
     <w:rsid w:val="000E2485"/>
     <w:rsid w:val="000E29A9"/>
     <w:rsid w:val="000E32AC"/>
     <w:rsid w:val="000E543C"/>
     <w:rsid w:val="000E7AF7"/>
     <w:rsid w:val="000F31F6"/>
     <w:rsid w:val="000F6DA7"/>
     <w:rsid w:val="00106E7E"/>
     <w:rsid w:val="00114AE3"/>
     <w:rsid w:val="00114F7B"/>
     <w:rsid w:val="00136758"/>
+    <w:rsid w:val="0014118B"/>
     <w:rsid w:val="00142F70"/>
     <w:rsid w:val="00143E63"/>
     <w:rsid w:val="00145FC6"/>
     <w:rsid w:val="00161BC6"/>
     <w:rsid w:val="00166412"/>
     <w:rsid w:val="001735A5"/>
     <w:rsid w:val="00176934"/>
     <w:rsid w:val="00177245"/>
     <w:rsid w:val="0017799F"/>
+    <w:rsid w:val="001779D2"/>
     <w:rsid w:val="00177AF8"/>
     <w:rsid w:val="00180C55"/>
     <w:rsid w:val="00182383"/>
+    <w:rsid w:val="00194A45"/>
     <w:rsid w:val="00196397"/>
     <w:rsid w:val="001979C8"/>
     <w:rsid w:val="001A7BE2"/>
     <w:rsid w:val="001B0395"/>
     <w:rsid w:val="001C22D7"/>
     <w:rsid w:val="001C387A"/>
     <w:rsid w:val="001C3D3B"/>
     <w:rsid w:val="001C647E"/>
     <w:rsid w:val="001D6C0E"/>
     <w:rsid w:val="001E5A4E"/>
     <w:rsid w:val="001F0E26"/>
     <w:rsid w:val="001F5239"/>
     <w:rsid w:val="00200AB5"/>
     <w:rsid w:val="00202970"/>
     <w:rsid w:val="00204830"/>
     <w:rsid w:val="0020699F"/>
     <w:rsid w:val="002076FF"/>
     <w:rsid w:val="00220609"/>
     <w:rsid w:val="0022596F"/>
     <w:rsid w:val="0023263F"/>
     <w:rsid w:val="002331E9"/>
     <w:rsid w:val="00242880"/>
     <w:rsid w:val="00252582"/>
     <w:rsid w:val="00253768"/>
     <w:rsid w:val="00263F14"/>
     <w:rsid w:val="00264BB8"/>
     <w:rsid w:val="00272815"/>
     <w:rsid w:val="00272B73"/>
     <w:rsid w:val="00275852"/>
     <w:rsid w:val="00281D93"/>
+    <w:rsid w:val="00285F6D"/>
     <w:rsid w:val="00294048"/>
     <w:rsid w:val="00294F2B"/>
     <w:rsid w:val="00296FC9"/>
     <w:rsid w:val="0029703E"/>
     <w:rsid w:val="002A564E"/>
     <w:rsid w:val="002B2811"/>
     <w:rsid w:val="002B3D15"/>
     <w:rsid w:val="002C151C"/>
     <w:rsid w:val="002C1EBD"/>
+    <w:rsid w:val="002C2B54"/>
     <w:rsid w:val="002D15D9"/>
     <w:rsid w:val="002D1ACA"/>
     <w:rsid w:val="002D61A2"/>
     <w:rsid w:val="002E48ED"/>
     <w:rsid w:val="002F1BF8"/>
     <w:rsid w:val="002F410C"/>
     <w:rsid w:val="00301713"/>
     <w:rsid w:val="003028DB"/>
+    <w:rsid w:val="00305535"/>
+    <w:rsid w:val="00312702"/>
     <w:rsid w:val="00315409"/>
+    <w:rsid w:val="00315702"/>
     <w:rsid w:val="0031722B"/>
     <w:rsid w:val="0032062E"/>
     <w:rsid w:val="00325D52"/>
     <w:rsid w:val="00340D00"/>
     <w:rsid w:val="00347A5B"/>
     <w:rsid w:val="003523BD"/>
     <w:rsid w:val="003556DE"/>
     <w:rsid w:val="003572E3"/>
     <w:rsid w:val="00365EE7"/>
     <w:rsid w:val="00366E3B"/>
     <w:rsid w:val="00376F53"/>
     <w:rsid w:val="003855F8"/>
     <w:rsid w:val="003862F1"/>
     <w:rsid w:val="00387AE1"/>
     <w:rsid w:val="003915BC"/>
     <w:rsid w:val="00392808"/>
     <w:rsid w:val="00393EAB"/>
     <w:rsid w:val="00394FAE"/>
     <w:rsid w:val="0039732D"/>
     <w:rsid w:val="003A3525"/>
     <w:rsid w:val="003A7062"/>
     <w:rsid w:val="003B2687"/>
+    <w:rsid w:val="003B6D70"/>
     <w:rsid w:val="003C15AB"/>
     <w:rsid w:val="003C45E4"/>
     <w:rsid w:val="003D6214"/>
     <w:rsid w:val="003D6787"/>
     <w:rsid w:val="003E3ED7"/>
     <w:rsid w:val="003F5FD5"/>
     <w:rsid w:val="004014D1"/>
     <w:rsid w:val="0040297F"/>
     <w:rsid w:val="0041330B"/>
     <w:rsid w:val="0041551B"/>
     <w:rsid w:val="00417823"/>
     <w:rsid w:val="00424DFC"/>
     <w:rsid w:val="00432B54"/>
     <w:rsid w:val="00434364"/>
     <w:rsid w:val="00441DF3"/>
     <w:rsid w:val="00442D47"/>
+    <w:rsid w:val="004469E1"/>
     <w:rsid w:val="00450DD3"/>
+    <w:rsid w:val="0045632E"/>
     <w:rsid w:val="0047022D"/>
     <w:rsid w:val="00475286"/>
     <w:rsid w:val="00475E9C"/>
     <w:rsid w:val="00476BA5"/>
     <w:rsid w:val="00485BCC"/>
     <w:rsid w:val="00490A75"/>
     <w:rsid w:val="00490AE0"/>
     <w:rsid w:val="00491CFE"/>
     <w:rsid w:val="0049495D"/>
     <w:rsid w:val="004971AA"/>
     <w:rsid w:val="00497E5D"/>
     <w:rsid w:val="004A42DC"/>
+    <w:rsid w:val="004A4CE8"/>
     <w:rsid w:val="004B02F3"/>
+    <w:rsid w:val="004E445E"/>
     <w:rsid w:val="00501697"/>
+    <w:rsid w:val="00504B2D"/>
     <w:rsid w:val="00505A59"/>
     <w:rsid w:val="0051135E"/>
     <w:rsid w:val="00512DF8"/>
+    <w:rsid w:val="00514168"/>
+    <w:rsid w:val="00521188"/>
     <w:rsid w:val="005211B1"/>
     <w:rsid w:val="00524FBB"/>
     <w:rsid w:val="005269B9"/>
     <w:rsid w:val="00530064"/>
     <w:rsid w:val="00536643"/>
     <w:rsid w:val="00551D26"/>
     <w:rsid w:val="00554ABC"/>
     <w:rsid w:val="005559ED"/>
+    <w:rsid w:val="00556F56"/>
     <w:rsid w:val="00564142"/>
     <w:rsid w:val="0056573C"/>
     <w:rsid w:val="00580353"/>
     <w:rsid w:val="005B72A8"/>
     <w:rsid w:val="005D0798"/>
     <w:rsid w:val="005D2823"/>
     <w:rsid w:val="005D7359"/>
     <w:rsid w:val="005D744D"/>
     <w:rsid w:val="005E5F35"/>
     <w:rsid w:val="005F03E1"/>
     <w:rsid w:val="006066E8"/>
     <w:rsid w:val="0061451D"/>
     <w:rsid w:val="00624A35"/>
     <w:rsid w:val="006414D8"/>
     <w:rsid w:val="00645500"/>
+    <w:rsid w:val="006464A5"/>
     <w:rsid w:val="006520A5"/>
     <w:rsid w:val="00654260"/>
+    <w:rsid w:val="00654959"/>
     <w:rsid w:val="0066276C"/>
     <w:rsid w:val="00664B71"/>
     <w:rsid w:val="006673EB"/>
     <w:rsid w:val="00684320"/>
     <w:rsid w:val="0069470E"/>
     <w:rsid w:val="00696A50"/>
     <w:rsid w:val="006B0F5E"/>
     <w:rsid w:val="006B3746"/>
     <w:rsid w:val="006B3844"/>
+    <w:rsid w:val="006C38A3"/>
     <w:rsid w:val="006C45F9"/>
     <w:rsid w:val="006D369F"/>
     <w:rsid w:val="006D4A64"/>
     <w:rsid w:val="006E26B1"/>
+    <w:rsid w:val="006E69A0"/>
     <w:rsid w:val="006F3C42"/>
     <w:rsid w:val="007041CC"/>
     <w:rsid w:val="007054DA"/>
     <w:rsid w:val="00711C64"/>
     <w:rsid w:val="00712D4F"/>
     <w:rsid w:val="007224D1"/>
     <w:rsid w:val="00724BE0"/>
     <w:rsid w:val="00730FC4"/>
     <w:rsid w:val="007363B0"/>
     <w:rsid w:val="007379B8"/>
     <w:rsid w:val="00740F83"/>
     <w:rsid w:val="00743315"/>
     <w:rsid w:val="007461F1"/>
     <w:rsid w:val="00747BD8"/>
     <w:rsid w:val="007502BA"/>
     <w:rsid w:val="00751787"/>
     <w:rsid w:val="00752538"/>
     <w:rsid w:val="00753426"/>
     <w:rsid w:val="00753D9B"/>
     <w:rsid w:val="0075468B"/>
     <w:rsid w:val="00760F19"/>
     <w:rsid w:val="007636EA"/>
     <w:rsid w:val="007665CF"/>
     <w:rsid w:val="00766B08"/>
     <w:rsid w:val="00771453"/>
     <w:rsid w:val="00783F11"/>
+    <w:rsid w:val="007973E4"/>
     <w:rsid w:val="007A6A34"/>
     <w:rsid w:val="007B015A"/>
+    <w:rsid w:val="007B09E0"/>
     <w:rsid w:val="007B0F16"/>
     <w:rsid w:val="007C36D2"/>
     <w:rsid w:val="007C4719"/>
     <w:rsid w:val="007D0059"/>
     <w:rsid w:val="007D3FB1"/>
     <w:rsid w:val="007D7C93"/>
     <w:rsid w:val="007E100B"/>
     <w:rsid w:val="007E1FDF"/>
     <w:rsid w:val="007E68ED"/>
     <w:rsid w:val="007E75BE"/>
     <w:rsid w:val="007F03B5"/>
     <w:rsid w:val="00800A6B"/>
     <w:rsid w:val="00807744"/>
     <w:rsid w:val="00812127"/>
+    <w:rsid w:val="00814284"/>
     <w:rsid w:val="00815B3C"/>
+    <w:rsid w:val="00826BF4"/>
     <w:rsid w:val="008359A0"/>
     <w:rsid w:val="00837129"/>
     <w:rsid w:val="00837267"/>
     <w:rsid w:val="00842A34"/>
     <w:rsid w:val="00853643"/>
     <w:rsid w:val="008573ED"/>
     <w:rsid w:val="00857924"/>
     <w:rsid w:val="00860309"/>
     <w:rsid w:val="0086120B"/>
     <w:rsid w:val="008636E8"/>
     <w:rsid w:val="00865912"/>
     <w:rsid w:val="00873CA6"/>
     <w:rsid w:val="00881BED"/>
     <w:rsid w:val="00882841"/>
     <w:rsid w:val="00883181"/>
     <w:rsid w:val="0088320B"/>
     <w:rsid w:val="00886BBA"/>
     <w:rsid w:val="00887224"/>
     <w:rsid w:val="008A72BF"/>
     <w:rsid w:val="008A75C5"/>
     <w:rsid w:val="008E0A75"/>
     <w:rsid w:val="008E506F"/>
     <w:rsid w:val="008F0C48"/>
     <w:rsid w:val="008F41BE"/>
     <w:rsid w:val="00900043"/>
     <w:rsid w:val="00904A5C"/>
     <w:rsid w:val="0091235B"/>
     <w:rsid w:val="00912B42"/>
     <w:rsid w:val="009154D7"/>
     <w:rsid w:val="00922855"/>
     <w:rsid w:val="00923357"/>
     <w:rsid w:val="00926E95"/>
     <w:rsid w:val="009273A7"/>
     <w:rsid w:val="009465CB"/>
     <w:rsid w:val="00946F64"/>
     <w:rsid w:val="0095355D"/>
     <w:rsid w:val="00960E2C"/>
     <w:rsid w:val="009660E8"/>
     <w:rsid w:val="0097169E"/>
     <w:rsid w:val="00973543"/>
     <w:rsid w:val="00977EC5"/>
     <w:rsid w:val="009810CC"/>
     <w:rsid w:val="009810D6"/>
+    <w:rsid w:val="00981265"/>
     <w:rsid w:val="00982051"/>
     <w:rsid w:val="00982449"/>
     <w:rsid w:val="00986E2C"/>
     <w:rsid w:val="00990A0C"/>
     <w:rsid w:val="009A5E3B"/>
     <w:rsid w:val="009B53D4"/>
     <w:rsid w:val="009B75C0"/>
     <w:rsid w:val="009C2534"/>
     <w:rsid w:val="009C3396"/>
+    <w:rsid w:val="009C4A66"/>
     <w:rsid w:val="009D11FD"/>
     <w:rsid w:val="009D48D1"/>
     <w:rsid w:val="009E1100"/>
     <w:rsid w:val="009E777C"/>
     <w:rsid w:val="009F5863"/>
     <w:rsid w:val="00A065B2"/>
     <w:rsid w:val="00A0680F"/>
     <w:rsid w:val="00A07A03"/>
     <w:rsid w:val="00A115D1"/>
     <w:rsid w:val="00A27BAF"/>
+    <w:rsid w:val="00A30044"/>
     <w:rsid w:val="00A3350A"/>
     <w:rsid w:val="00A41D99"/>
     <w:rsid w:val="00A52C04"/>
     <w:rsid w:val="00A64B67"/>
     <w:rsid w:val="00A65963"/>
     <w:rsid w:val="00A7134B"/>
     <w:rsid w:val="00A72066"/>
     <w:rsid w:val="00A745C5"/>
     <w:rsid w:val="00A76785"/>
     <w:rsid w:val="00A901E3"/>
+    <w:rsid w:val="00A92BA0"/>
     <w:rsid w:val="00A9681E"/>
     <w:rsid w:val="00AA165D"/>
     <w:rsid w:val="00AA17EE"/>
     <w:rsid w:val="00AA512C"/>
     <w:rsid w:val="00AB2C42"/>
     <w:rsid w:val="00AB4215"/>
     <w:rsid w:val="00AB676D"/>
     <w:rsid w:val="00AB6820"/>
     <w:rsid w:val="00AB7B25"/>
+    <w:rsid w:val="00AE6343"/>
     <w:rsid w:val="00AF1966"/>
     <w:rsid w:val="00AF604E"/>
     <w:rsid w:val="00AF7AA4"/>
     <w:rsid w:val="00B05631"/>
     <w:rsid w:val="00B07062"/>
     <w:rsid w:val="00B07477"/>
     <w:rsid w:val="00B07C97"/>
     <w:rsid w:val="00B07DA0"/>
     <w:rsid w:val="00B11178"/>
     <w:rsid w:val="00B13226"/>
     <w:rsid w:val="00B13581"/>
     <w:rsid w:val="00B16B83"/>
     <w:rsid w:val="00B20A61"/>
+    <w:rsid w:val="00B22D48"/>
     <w:rsid w:val="00B22D68"/>
     <w:rsid w:val="00B2592E"/>
+    <w:rsid w:val="00B34684"/>
     <w:rsid w:val="00B37021"/>
     <w:rsid w:val="00B63D2F"/>
     <w:rsid w:val="00B6581D"/>
     <w:rsid w:val="00B66E48"/>
     <w:rsid w:val="00B7003D"/>
+    <w:rsid w:val="00B769B1"/>
     <w:rsid w:val="00B81900"/>
     <w:rsid w:val="00B8445A"/>
     <w:rsid w:val="00B929D9"/>
     <w:rsid w:val="00B94BD5"/>
     <w:rsid w:val="00B950E1"/>
     <w:rsid w:val="00BA55C7"/>
     <w:rsid w:val="00BB159E"/>
     <w:rsid w:val="00BB22A4"/>
+    <w:rsid w:val="00BB2BC2"/>
     <w:rsid w:val="00BB34B6"/>
     <w:rsid w:val="00BB5C39"/>
     <w:rsid w:val="00BB6D64"/>
     <w:rsid w:val="00BC2C80"/>
     <w:rsid w:val="00BC6336"/>
     <w:rsid w:val="00BC639B"/>
     <w:rsid w:val="00BD15B1"/>
     <w:rsid w:val="00BD6BFE"/>
     <w:rsid w:val="00BD6EAA"/>
     <w:rsid w:val="00BD7A44"/>
     <w:rsid w:val="00BE26A8"/>
     <w:rsid w:val="00BE28EE"/>
     <w:rsid w:val="00BE4AB8"/>
     <w:rsid w:val="00BE6BC8"/>
     <w:rsid w:val="00BE6E7A"/>
     <w:rsid w:val="00BF7CA3"/>
     <w:rsid w:val="00C03CFA"/>
+    <w:rsid w:val="00C26195"/>
     <w:rsid w:val="00C32623"/>
     <w:rsid w:val="00C3278D"/>
     <w:rsid w:val="00C34EBC"/>
     <w:rsid w:val="00C351DD"/>
+    <w:rsid w:val="00C37930"/>
     <w:rsid w:val="00C45C5C"/>
     <w:rsid w:val="00C50CC3"/>
     <w:rsid w:val="00C50E4F"/>
     <w:rsid w:val="00C557BC"/>
     <w:rsid w:val="00C55F83"/>
     <w:rsid w:val="00C608AB"/>
     <w:rsid w:val="00C613D4"/>
     <w:rsid w:val="00C63B3B"/>
     <w:rsid w:val="00C641E6"/>
+    <w:rsid w:val="00C64677"/>
     <w:rsid w:val="00C64859"/>
     <w:rsid w:val="00C70184"/>
     <w:rsid w:val="00C703B4"/>
     <w:rsid w:val="00C96164"/>
     <w:rsid w:val="00CA09B0"/>
+    <w:rsid w:val="00CA5FD9"/>
     <w:rsid w:val="00CB72EA"/>
+    <w:rsid w:val="00CC51CE"/>
     <w:rsid w:val="00CC77F2"/>
     <w:rsid w:val="00CD2DC6"/>
+    <w:rsid w:val="00CD34C0"/>
     <w:rsid w:val="00CD4443"/>
+    <w:rsid w:val="00CD69F7"/>
     <w:rsid w:val="00CE1A8C"/>
     <w:rsid w:val="00CF5490"/>
     <w:rsid w:val="00D00013"/>
     <w:rsid w:val="00D02CA7"/>
     <w:rsid w:val="00D17861"/>
     <w:rsid w:val="00D25E80"/>
     <w:rsid w:val="00D30BEF"/>
     <w:rsid w:val="00D32503"/>
     <w:rsid w:val="00D34E9E"/>
     <w:rsid w:val="00D3505C"/>
     <w:rsid w:val="00D35C5A"/>
     <w:rsid w:val="00D43E0E"/>
     <w:rsid w:val="00D502A7"/>
     <w:rsid w:val="00D53E46"/>
     <w:rsid w:val="00D603F6"/>
     <w:rsid w:val="00D70BE8"/>
     <w:rsid w:val="00D7156C"/>
     <w:rsid w:val="00D8188D"/>
     <w:rsid w:val="00D826DF"/>
+    <w:rsid w:val="00D8626D"/>
     <w:rsid w:val="00DA256B"/>
     <w:rsid w:val="00DA602D"/>
     <w:rsid w:val="00DB2D9F"/>
     <w:rsid w:val="00DB459E"/>
     <w:rsid w:val="00DC15D5"/>
     <w:rsid w:val="00DC350E"/>
     <w:rsid w:val="00DC7061"/>
     <w:rsid w:val="00DD00BF"/>
+    <w:rsid w:val="00DD6AC5"/>
     <w:rsid w:val="00DD7AFD"/>
     <w:rsid w:val="00DE2CD4"/>
     <w:rsid w:val="00DE4519"/>
     <w:rsid w:val="00DE6A17"/>
     <w:rsid w:val="00DF4681"/>
     <w:rsid w:val="00DF563E"/>
     <w:rsid w:val="00E024C3"/>
     <w:rsid w:val="00E02FF4"/>
     <w:rsid w:val="00E13CBE"/>
     <w:rsid w:val="00E21336"/>
     <w:rsid w:val="00E21CEE"/>
     <w:rsid w:val="00E245C4"/>
     <w:rsid w:val="00E25954"/>
     <w:rsid w:val="00E31A49"/>
+    <w:rsid w:val="00E41E19"/>
     <w:rsid w:val="00E42936"/>
     <w:rsid w:val="00E44087"/>
     <w:rsid w:val="00E477A4"/>
+    <w:rsid w:val="00E513CE"/>
     <w:rsid w:val="00E55AF9"/>
     <w:rsid w:val="00E57D87"/>
     <w:rsid w:val="00E801DD"/>
     <w:rsid w:val="00E8398A"/>
     <w:rsid w:val="00E844C6"/>
     <w:rsid w:val="00E86AF5"/>
     <w:rsid w:val="00E870AF"/>
     <w:rsid w:val="00E94BE6"/>
     <w:rsid w:val="00E979C8"/>
     <w:rsid w:val="00EA29D5"/>
     <w:rsid w:val="00EA3E14"/>
     <w:rsid w:val="00EA77BA"/>
     <w:rsid w:val="00EB345D"/>
     <w:rsid w:val="00EC21D6"/>
     <w:rsid w:val="00EC23DD"/>
+    <w:rsid w:val="00EC4372"/>
     <w:rsid w:val="00EC57B3"/>
     <w:rsid w:val="00ED64E3"/>
     <w:rsid w:val="00ED7C35"/>
+    <w:rsid w:val="00EE4030"/>
     <w:rsid w:val="00EF0C04"/>
     <w:rsid w:val="00EF39A3"/>
     <w:rsid w:val="00F04312"/>
     <w:rsid w:val="00F07063"/>
     <w:rsid w:val="00F13B35"/>
     <w:rsid w:val="00F13D9C"/>
     <w:rsid w:val="00F14387"/>
     <w:rsid w:val="00F14927"/>
     <w:rsid w:val="00F1700D"/>
     <w:rsid w:val="00F31164"/>
     <w:rsid w:val="00F34AC8"/>
     <w:rsid w:val="00F4140A"/>
     <w:rsid w:val="00F47013"/>
     <w:rsid w:val="00F6575D"/>
     <w:rsid w:val="00F7183F"/>
     <w:rsid w:val="00F82484"/>
     <w:rsid w:val="00F85862"/>
     <w:rsid w:val="00F95894"/>
     <w:rsid w:val="00F96EC5"/>
     <w:rsid w:val="00FC68B9"/>
     <w:rsid w:val="00FD4B4C"/>
     <w:rsid w:val="00FD6363"/>
     <w:rsid w:val="00FE1E12"/>
     <w:rsid w:val="00FE659F"/>
     <w:rsid w:val="00FF0646"/>
     <w:rsid w:val="00FF0954"/>
+    <w:rsid w:val="00FF209A"/>
     <w:rsid w:val="00FF6318"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -42099,102 +40922,112 @@
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006D4A64"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Neapdorotaspaminjimas1">
     <w:name w:val="Neapdorotas paminėjimas1"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006D4A64"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Bodytext2">
     <w:name w:val="Body text (2)_"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Bodytext20"/>
-    <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00347A5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodytext20">
     <w:name w:val="Body text (2)"/>
     <w:basedOn w:val="prastasis"/>
     <w:link w:val="Bodytext2"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00347A5B"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="300" w:line="266" w:lineRule="exact"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Betarp">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00A901E3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Lentelstinklelis">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="prastojilentel"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00A901E3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Neapdorotaspaminjimas">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00654959"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="173035741">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="216361052">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -42284,51 +41117,51 @@
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1409888035">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saltiniomokykla.lt/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saltiniomokykla.lt" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -42603,70 +41436,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E45C3EB1-3B97-4322-9575-7533A192FAB3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>24</Pages>
-  <Words>35723</Words>
-  <Characters>20363</Characters>
+  <Words>36231</Words>
+  <Characters>20653</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>169</Lines>
-  <Paragraphs>111</Paragraphs>
+  <Lines>172</Lines>
+  <Paragraphs>113</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>55975</CharactersWithSpaces>
+  <CharactersWithSpaces>56771</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vaiva Buivydienė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>