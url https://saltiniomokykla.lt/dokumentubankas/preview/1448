--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,2999 +1,2732 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1FC16D6A" w14:textId="77777777" w:rsidR="00F93D15" w:rsidRPr="00F93D15" w:rsidRDefault="00F93D15" w:rsidP="00F93D15">
+    <w:p w14:paraId="031EDB29" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF" w:rsidP="004C24CF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="408" w:lineRule="atLeast"/>
         <w:ind w:left="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F93D15">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>DARBO LAIKO  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F93D15">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="333333"/>
           <w:spacing w:val="72"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>GRAFIKAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A8F37D3" w14:textId="05EC6516" w:rsidR="00F93D15" w:rsidRPr="00F93D15" w:rsidRDefault="00F93D15" w:rsidP="00F93D15">
+    <w:p w14:paraId="51CA56E3" w14:textId="52C75EE7" w:rsidR="004C24CF" w:rsidRDefault="004C24CF" w:rsidP="004C24CF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="408" w:lineRule="atLeast"/>
         <w:ind w:left="163"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F93D15">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00FE5E57">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F93D15">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="00FE5E57">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F93D15">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. m. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74694BD4" w14:textId="1C5202CD" w:rsidR="00F93D15" w:rsidRPr="00F93D15" w:rsidRDefault="00F93D15" w:rsidP="00F93D15">
+    <w:p w14:paraId="5A7415A3" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF" w:rsidP="004C24CF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="408" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="068EFE74" w14:textId="37726B32" w:rsidR="00F93D15" w:rsidRPr="00F93D15" w:rsidRDefault="00F93D15" w:rsidP="00F93D15">
+    <w:p w14:paraId="326EF086" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF" w:rsidP="004C24CF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="408" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F93D15">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Savaitinis valandų skaičius – </w:t>
+        <w:t>Savaitinis valandų skaičius – 21 val. 58 min.</w:t>
       </w:r>
-      <w:r w:rsidR="00FE5E57">
+    </w:p>
+    <w:p w14:paraId="650E0424" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF" w:rsidP="004C24CF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="408" w:lineRule="atLeast"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>21</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F93D15">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> val. </w:t>
+        <w:tab/>
       </w:r>
-      <w:r w:rsidR="00FE5E57">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>58</w:t>
+        <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00F93D15">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> min.</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70182A7A" w14:textId="77777777" w:rsidR="00C33D04" w:rsidRDefault="00C33D04"/>
+    <w:p w14:paraId="65C1D382" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF" w:rsidP="004C24CF"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="226"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:bottomFromText="160" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="226"/>
         <w:tblW w:w="8784" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="13"/>
         <w:gridCol w:w="1517"/>
         <w:gridCol w:w="28"/>
         <w:gridCol w:w="17"/>
         <w:gridCol w:w="1635"/>
         <w:gridCol w:w="7"/>
         <w:gridCol w:w="8"/>
         <w:gridCol w:w="1785"/>
         <w:gridCol w:w="7"/>
         <w:gridCol w:w="128"/>
         <w:gridCol w:w="1569"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w14:paraId="2722E325" w14:textId="77777777" w:rsidTr="00EA13D9">
+      <w:tr w:rsidR="004C24CF" w14:paraId="31FC74D3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8784" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="6E50A6FB" w14:textId="77777777" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00F93EB8" w:rsidP="00EA13D9">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57DC1AC9" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F93D15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Savaitės diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w14:paraId="09BB6C71" w14:textId="77777777" w:rsidTr="00EA13D9">
+      <w:tr w:rsidR="004C24CF" w14:paraId="6A600C45" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2083" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="0070D4F1" w14:textId="77777777" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00F93EB8" w:rsidP="00EA13D9">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D1A9A65" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F93D15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Pirmadienis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1562" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="03A5D482" w14:textId="77777777" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00F93EB8" w:rsidP="00EA13D9">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40A1E311" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F93D15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Antradienis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="0BD62020" w14:textId="77777777" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00F93EB8" w:rsidP="00EA13D9">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D90DCDE" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F93D15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Trečiadienis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="309B20A2" w14:textId="77777777" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00F93EB8" w:rsidP="00EA13D9">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5975F462" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F93D15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Ketvirtadienis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1697" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="4A3FB97A" w14:textId="77777777" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00F93EB8" w:rsidP="00EA13D9">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D2D353C" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F93D15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Penktadienis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w14:paraId="46D4C135" w14:textId="77777777" w:rsidTr="00EA13D9">
+      <w:tr w:rsidR="004C24CF" w14:paraId="3DFA031D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2083" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="763BECD6" w14:textId="2C0C91EF" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00DC195D" w:rsidP="00EA13D9">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01C3AC3B" w14:textId="7DB9F905" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>10</w:t>
-[...65 lines deleted...]
-              <w:t>50</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0083508B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>2.35 – 15.35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1562" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="73F9BA03" w14:textId="28138F62" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00E859BF" w:rsidP="00EA13D9">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB2FBE5" w14:textId="6A456C2F" w:rsidR="004C24CF" w:rsidRDefault="0083508B">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>8.</w:t>
-[...43 lines deleted...]
-              <w:t>.50</w:t>
+              <w:t>11.30 – 15.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="4E61F110" w14:textId="2DFD40C4" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00E859BF" w:rsidP="00EA13D9">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F765D54" w14:textId="7A68AF09" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>8.00 – 9.</w:t>
-[...10 lines deleted...]
-              <w:t>50</w:t>
+              <w:t xml:space="preserve">8.00 – </w:t>
+            </w:r>
+            <w:r w:rsidR="0083508B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>12.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="1E69C2EA" w14:textId="4AF0B010" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00F93EB8" w:rsidP="00EA13D9">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE747E5" w14:textId="3B190820" w:rsidR="004C24CF" w:rsidRDefault="0083508B">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F93D15">
-[...43 lines deleted...]
-            <w:r w:rsidR="00DC195D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="004C24CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00C6543D">
-[...8 lines deleted...]
-              <w:t>46</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="004C24CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0 – 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="004C24CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>.4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1697" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5A674527" w14:textId="01D31312" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00F93EB8" w:rsidP="00EA13D9">
+          <w:p w14:paraId="65BDD0A4" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w14:paraId="566FFFF0" w14:textId="77777777" w:rsidTr="00EA13D9">
+      <w:tr w:rsidR="004C24CF" w14:paraId="4DE3C36F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2083" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="6B04F880" w14:textId="26BC65AD" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00DC195D" w:rsidP="00EA13D9">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B5639B7" w14:textId="0454287C" w:rsidR="004C24CF" w:rsidRDefault="004C24CF" w:rsidP="0083508B">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
-              <w:jc w:val="center"/>
-[...19 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1562" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="38BE3612" w14:textId="7D6041E5" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00DC195D" w:rsidP="00EA13D9">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75F0F493" w14:textId="2BA1D59F" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...53 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="742D15D8" w14:textId="77777777" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00F93EB8" w:rsidP="00EA13D9">
+          <w:p w14:paraId="37E3961A" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00AC0059" w14:textId="51750FB8" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00F93EB8" w:rsidP="00EA13D9">
+          <w:p w14:paraId="31023019" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1697" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="619619FE" w14:textId="48AAB90E" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00F93EB8" w:rsidP="00EA13D9">
+          <w:p w14:paraId="3BFC01F4" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w14:paraId="511DC076" w14:textId="77777777" w:rsidTr="00EA13D9">
+      <w:tr w:rsidR="004C24CF" w14:paraId="09ABEAEC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2083" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="21BA7740" w14:textId="77777777" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00F93EB8" w:rsidP="00EA13D9">
+          <w:p w14:paraId="35CD5257" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1562" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="097D9CA8" w14:textId="0CC5F646" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00F93EB8" w:rsidP="00EA13D9">
+          <w:p w14:paraId="20DCA55B" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="32EF9AAB" w14:textId="77777777" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00F93EB8" w:rsidP="00EA13D9">
+          <w:p w14:paraId="4BC04E0D" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2D0D7075" w14:textId="121BD989" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00F93EB8" w:rsidP="00EA13D9">
+          <w:p w14:paraId="2B7F3931" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1697" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="77A00647" w14:textId="77777777" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00F93EB8" w:rsidP="00EA13D9">
+          <w:p w14:paraId="4AC1D8ED" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w14:paraId="674558FC" w14:textId="77777777" w:rsidTr="00EA13D9">
+      <w:tr w:rsidR="004C24CF" w14:paraId="3FD2F7CD" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2083" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="7D6D53A4" w14:textId="53D8043B" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00DC195D" w:rsidP="00E859BF">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="236005A6" w14:textId="4D5A7669" w:rsidR="004C24CF" w:rsidRDefault="0083508B">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> val. 3</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="004C24CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="00E859BF">
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> min.</w:t>
+            <w:r w:rsidR="004C24CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0 min.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-          <w:p w14:paraId="662EC68B" w14:textId="1D6597D2" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00E859BF" w:rsidP="00EA13D9">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35C587B3" w14:textId="00D18B10" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">3 val. </w:t>
+            </w:r>
+            <w:r w:rsidR="0083508B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> min. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1652" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-          <w:p w14:paraId="2B83A807" w14:textId="3187D6E1" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00E859BF" w:rsidP="00EA13D9">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75F3A20F" w14:textId="7C785DB2" w:rsidR="004C24CF" w:rsidRDefault="0083508B">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F93EB8" w:rsidRPr="00F93D15">
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="004C24CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> val. </w:t>
             </w:r>
-            <w:r w:rsidR="00DC195D">
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> min.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="004C24CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0 min.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-          <w:p w14:paraId="74D1CCBC" w14:textId="5FB78652" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="005473EC" w:rsidP="00EA13D9">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E9D16F5" w14:textId="37304FF1" w:rsidR="004C24CF" w:rsidRDefault="0083508B">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F93EB8" w:rsidRPr="00F93D15">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="004C24CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> val. </w:t>
             </w:r>
-            <w:r w:rsidR="00C6543D">
-[...10 lines deleted...]
-            <w:r w:rsidR="00F93EB8" w:rsidRPr="00F93D15">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:r w:rsidR="004C24CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> min.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1704" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="2FA85158" w14:textId="0ABBDB77" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00F93EB8" w:rsidP="00EA13D9">
+          <w:p w14:paraId="0B867213" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w14:paraId="720E07EA" w14:textId="77777777" w:rsidTr="00EA13D9">
+      <w:tr w:rsidR="004C24CF" w14:paraId="18F677F6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8784" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="6A73A857" w14:textId="1247488C" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00F93EB8" w:rsidP="00EA13D9">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B795675" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F93D15">
-[...52 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IŠ VISO: 13 val. 11 min. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w14:paraId="3CA6B19F" w14:textId="77777777" w:rsidTr="00EA13D9">
+      <w:tr w:rsidR="004C24CF" w14:paraId="571E4007" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8784" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="1F5294F2" w14:textId="6798B8D1" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00F93EB8" w:rsidP="00EA13D9">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4264C759" w14:textId="37072279" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="705"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F93D15">
-[...55 lines deleted...]
-          <w:p w14:paraId="3E28C1FC" w14:textId="4A8CAB22" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="00F93EB8" w:rsidP="00EA13D9">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Valandos skiriamos veiklai planuoti, pasiruošti pamokoms - užsiėmimams, profesiniam tobulėjimui ir kitos valandos, kurios dirbamos darbuotojo pasirinktu laiku ir pasirinktoje vietoj</w:t>
+            </w:r>
+            <w:r w:rsidR="0083508B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>e.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F4076E7" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="705"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F93D15">
-[...52 lines deleted...]
-              <w:t xml:space="preserve"> min.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8 val. 47 min.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w14:paraId="087ED9EC" w14:textId="77777777" w:rsidTr="00EA13D9">
+      <w:tr w:rsidR="004C24CF" w14:paraId="684C2F2D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="61F8E8C4" w14:textId="529E2107" w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w:rsidRDefault="005473EC" w:rsidP="00EA13D9">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E8B2AA7" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">2 val. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="312" w:lineRule="atLeast"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BF027E6" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> val. </w:t>
+              <w:t xml:space="preserve">2 val. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="312" w:lineRule="atLeast"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47379D96" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F93D15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">2 val. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1920" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="312" w:lineRule="atLeast"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA56739" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...21 lines deleted...]
-              <w:t>47 min.</w:t>
+              <w:t>2 val. 47 min.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1569" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="312" w:lineRule="atLeast"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5375C67B" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F93EB8" w:rsidRPr="00F93D15" w14:paraId="5565E83B" w14:textId="77777777" w:rsidTr="00EA13D9">
+      <w:tr w:rsidR="004C24CF" w14:paraId="12F1C0CE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8784" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="312" w:lineRule="atLeast"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DBAD106" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="312" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F93D15">
-[...19 lines deleted...]
-              <w:t>21 val. 58 min.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>IŠ VISO:  21 val. 58 min.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Lentelstinklelis"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="6443"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2407"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="2294"/>
+        <w:gridCol w:w="2191"/>
+        <w:gridCol w:w="1991"/>
+        <w:gridCol w:w="2540"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F93EB8" w14:paraId="5C7E781A" w14:textId="77777777" w:rsidTr="001341A5">
+      <w:tr w:rsidR="004C24CF" w14:paraId="6A03CDEF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F7E4858" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Savaitės dienos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AAA49F0" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Darbo laikas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41E33A3A" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pietų pertrauka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="453DAC32" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nekontaktinės valandos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C24CF" w14:paraId="2167BFD6" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F002683" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pirmadienis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="238EC733" w14:textId="39B0770C" w:rsidR="004C24CF" w:rsidRDefault="0083508B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12.35 – 15.35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="377CA5A0" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43EACA82" w14:textId="7C7F33D6" w:rsidR="004C24CF" w:rsidRDefault="0083508B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15.35 – 17.35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C24CF" w14:paraId="0A48F4DF" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="243729B8" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Antradienis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="351CBEA8" w14:textId="13808AEF" w:rsidR="004C24CF" w:rsidRDefault="0083508B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.30 – 15.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2ACB08D3" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A1E5FAB" w14:textId="66D97DC9" w:rsidR="004C24CF" w:rsidRDefault="0083508B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15.11 – 17.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C24CF" w14:paraId="56C292DA" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE6C902" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Trečiadienis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FBA1BD4" w14:textId="1AC17FD1" w:rsidR="004C24CF" w:rsidRDefault="0083508B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8.00 – 12.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31CA8682" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4196F1AF" w14:textId="357EE5E0" w:rsidR="004C24CF" w:rsidRDefault="0083508B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14.35 – 16.35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C24CF" w14:paraId="60D48D19" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01888B97" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ketvirtadienis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E5FE3E3" w14:textId="7807D49A" w:rsidR="004C24CF" w:rsidRDefault="0083508B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13.40 – 15.40 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FB678F8" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="464BB110" w14:textId="7E640E87" w:rsidR="004C24CF" w:rsidRDefault="0083508B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15.40 – 18.27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C24CF" w14:paraId="4C54610C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5535F390" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Penktadienis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11CDC258" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00275463">
-[...14 lines deleted...]
-            <w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DA55415" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00275463">
-[...457 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1844" w:type="dxa"/>
-[...25 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="2687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A976040" w14:textId="77777777" w:rsidR="004C24CF" w:rsidRDefault="004C24CF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D21CB2B" w14:textId="77777777" w:rsidR="00F93EB8" w:rsidRDefault="00F93EB8"/>
-    <w:sectPr w:rsidR="00F93EB8">
+    <w:p w14:paraId="729AD0D7" w14:textId="77777777" w:rsidR="00A37E97" w:rsidRDefault="00A37E97"/>
+    <w:sectPr w:rsidR="00A37E97">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
-      <w:cols w:space="1296"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...2 lines deleted...]
-    <w:charset w:val="BA"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...1 lines deleted...]
-    <w:charset w:val="BA"/>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="1296"/>
-  <w:hyphenationZone w:val="396"/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C33D04"/>
-[...32 lines deleted...]
-    <w:rsid w:val="00FF75F2"/>
+    <w:rsidRoot w:val="004C24CF"/>
+    <w:rsid w:val="004336FB"/>
+    <w:rsid w:val="0048068F"/>
+    <w:rsid w:val="00483425"/>
+    <w:rsid w:val="004C24CF"/>
+    <w:rsid w:val="0083508B"/>
+    <w:rsid w:val="00923F6F"/>
+    <w:rsid w:val="00A37E97"/>
+    <w:rsid w:val="00B0037D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="lt-LT"/>
+  <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="464C34EA"/>
+  <w14:docId w14:val="2CE50965"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{40379AA8-2017-491F-8CD8-429E6375B182}"/>
+  <w15:docId w15:val="{69386C0B-E6AE-4E4B-9AD8-7F687FC6BBF1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3336,203 +3069,676 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F93EB8"/>
+    <w:rsid w:val="004C24CF"/>
+    <w:pPr>
+      <w:spacing w:line="256" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="lt-LT"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C24CF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C24CF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C24CF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C24CF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C24CF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C24CF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C24CF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C24CF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C24CF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Lentelstinklelis">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="004C24CF"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C24CF"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C24CF"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C24CF"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C24CF"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C24CF"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C24CF"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C24CF"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C24CF"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C24CF"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="004C24CF"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C24CF"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="004C24CF"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C24CF"/>
+    <w:pPr>
+      <w:spacing w:before="160" w:line="259" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="004C24CF"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C24CF"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C24CF"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C24CF"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="004C24CF"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C24CF"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="prastojilentel"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00C33D04"/>
+    <w:rsid w:val="004C24CF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:lang w:val="lt-LT"/>
+    </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrats">
-[...42 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -3540,54 +3746,54 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
@@ -3745,77 +3951,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>575</Words>
-  <Characters>329</Characters>
+  <Words>124</Words>
+  <Characters>678</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>67</Lines>
+  <Paragraphs>46</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Pavadinimas</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>903</CharactersWithSpaces>
+  <CharactersWithSpaces>783</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Jolanta Ačienė</dc:creator>
+  <dc:creator>Kamilė Ačaitė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
-    <vt:lpwstr>15bf58ef45ef551d7343b4bd58ae6c5da841b177d799474ca4f5bab753f5550e</vt:lpwstr>
+    <vt:lpwstr>854d926f-02b0-4a0f-900a-9b914464a02e</vt:lpwstr>
   </property>
 </Properties>
 </file>