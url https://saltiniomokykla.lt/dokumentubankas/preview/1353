--- v0 (2025-10-09)
+++ v1 (2025-12-31)
@@ -1,601 +1,2496 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3A20F216" w14:textId="77777777" w:rsidR="003C546E" w:rsidRPr="00E55AF9" w:rsidRDefault="003C546E" w:rsidP="003C546E">
+    <w:p w14:paraId="0CC40CB6" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w:rsidRDefault="00AE781B" w:rsidP="00AE781B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9767" w:type="dxa"/>
+        <w:tblInd w:w="14" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9767"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w14:paraId="1E48DB51" w14:textId="77777777" w:rsidTr="00684FDC">
+        <w:trPr>
+          <w:trHeight w:val="1191"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="582854C4" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w:rsidRDefault="00AE781B" w:rsidP="00684FDC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B81CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6003C9F8" wp14:editId="0C682423">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:align>center</wp:align>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>-4445</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="542925" cy="647700"/>
+                  <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+                  <wp:wrapTight wrapText="bothSides">
+                    <wp:wrapPolygon edited="0">
+                      <wp:start x="0" y="0"/>
+                      <wp:lineTo x="0" y="20965"/>
+                      <wp:lineTo x="21221" y="20965"/>
+                      <wp:lineTo x="21221" y="0"/>
+                      <wp:lineTo x="0" y="0"/>
+                    </wp:wrapPolygon>
+                  </wp:wrapTight>
+                  <wp:docPr id="2" name="Paveikslėlis 2" descr="RASEINIAI LINIJA"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 3" descr="RASEINIAI LINIJA"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId7" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="542925" cy="647700"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidRPr="00B81CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="123EFB8E" wp14:editId="154529D7">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>4349750</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>-571500</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="1584960" cy="457200"/>
+                      <wp:effectExtent l="0" t="3175" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1" name="Teksto laukas 1"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1">
+                              <a:spLocks noChangeArrowheads="1"/>
+                            </wps:cNvSpPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="1584960" cy="457200"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                              <a:extLst>
+                                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                    <a:solidFill>
+                                      <a:srgbClr val="000000"/>
+                                    </a:solidFill>
+                                    <a:miter lim="800000"/>
+                                    <a:headEnd/>
+                                    <a:tailEnd/>
+                                  </a14:hiddenLine>
+                                </a:ext>
+                              </a:extLst>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w14:paraId="7C5ACD2C" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRDefault="00AE781B" w:rsidP="00AE781B">
+                                  <w:pPr>
+                                    <w:pStyle w:val="Antrat3"/>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="page">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="page">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shapetype w14:anchorId="123EFB8E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                      <v:stroke joinstyle="miter"/>
+                      <v:path gradientshapeok="t" o:connecttype="rect"/>
+                    </v:shapetype>
+                    <v:shape id="Teksto laukas 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:342.5pt;margin-top:-45pt;width:124.8pt;height:36pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvJR6J8AEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IDJ00Ey0HqwEWB&#10;9AGk/QCKIiWiFJdd0pbcr++Schy3uQXVgeBqydmd2eHqduwt2ysMBlzFF7M5Z8pJaIxrK/7j+/bd&#10;NWchCtcIC05V/KACv12/fbMafKkuoAPbKGQE4kI5+Ip3MfqyKILsVC/CDLxylNSAvYgUYls0KAZC&#10;721xMZ9fFQNg4xGkCoH+3k9Jvs74WisZv2odVGS24tRbzCvmtU5rsV6JskXhOyOPbYhXdNEL46jo&#10;CepeRMF2aF5A9UYiBNBxJqEvQGsjVeZAbBbzf9g8dsKrzIXECf4kU/h/sPLL/tF/QxbHDzDSADOJ&#10;4B9A/gzMwaYTrlV3iDB0SjRUeJEkKwYfyuPVJHUoQwKph8/Q0JDFLkIGGjX2SRXiyQidBnA4ia7G&#10;yGQqeXm9vLmilKTc8vI9TTWXEOXTbY8hflTQs7SpONJQM7rYP4SYuhHl05FULIA1zdZYmwNs641F&#10;thdkgG3+juh/HbMuHXaQrk2I6U+mmZhNHONYj5RMdGtoDkQYYTIUPQDadIC/ORvITBUPv3YCFWf2&#10;kyPRbhbLZXJfDjJHzvA8U59nhJMEVfHI2bTdxMmxO4+m7ajSNCYHdyS0NlmD566OfZNhsjRHcydH&#10;nsf51PMTXP8BAAD//wMAUEsDBBQABgAIAAAAIQAecqnd4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwEETvSPyDtUhcUGsX2jQJcSpAAnFt6Qc48TaJiNdR7Dbp37Oc4La7M5p9U+xm14sL&#10;jqHzpGG1VCCQam87ajQcv94XKYgQDVnTe0INVwywK29vCpNbP9EeL4fYCA6hkBsNbYxDLmWoW3Qm&#10;LP2AxNrJj85EXsdG2tFMHO56+ahUIp3piD+0ZsC3Fuvvw9lpOH1OD5tsqj7icbtfJ6+m21b+qvX9&#10;3fzyDCLiHP/M8IvP6FAyU+XPZIPoNSTphrtEDYtM8cCO7GmdgKj4skoVyLKQ/zuUPwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAvJR6J8AEAAMoDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAecqnd4AAAAAsBAAAPAAAAAAAAAAAAAAAAAEoEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVwUAAAAA&#10;" stroked="f">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p w14:paraId="7C5ACD2C" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRDefault="00AE781B" w:rsidP="00AE781B">
+                            <w:pPr>
+                              <w:pStyle w:val="Antrat3"/>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w14:paraId="19D63557" w14:textId="77777777" w:rsidTr="00684FDC">
+        <w:trPr>
+          <w:trHeight w:val="873"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6C126C6B" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w:rsidRDefault="00AE781B" w:rsidP="00684FDC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B81CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>RASEINIŲ ŠALTINIO PROGIMNAZIJOS DIREKTORIUS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w14:paraId="427CD2A0" w14:textId="77777777" w:rsidTr="00684FDC">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="376"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="49C916CF" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w:rsidRDefault="00AE781B" w:rsidP="00684FDC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B81CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>ĮSAKYMAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w14:paraId="221ED9A6" w14:textId="77777777" w:rsidTr="00684FDC">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="495"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="49A90C48" w14:textId="77777777" w:rsidR="003C546E" w:rsidRPr="003C546E" w:rsidRDefault="00AE781B" w:rsidP="003C546E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B81CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DĖL</w:t>
+            </w:r>
+            <w:r w:rsidR="003C546E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C546E" w:rsidRPr="003C546E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RASEINIŲ ŠALTINIO PROGIMNAZIJOS </w:t>
+            </w:r>
+            <w:r w:rsidR="003C546E" w:rsidRPr="003C546E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>PEDAGOGINIŲ DARBUOTOJŲ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7548FCEC" w14:textId="72871997" w:rsidR="003C546E" w:rsidRPr="003C546E" w:rsidRDefault="003C546E" w:rsidP="003C546E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C546E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00A65D3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00395131">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C546E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00A65D3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C546E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> METŲ PRIORITETIN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>IŲ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C546E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KVALIFIKACIJOS TOBULINIMO SRI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>ČIŲ PATVIRTINIMO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C1BD09D" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w:rsidRDefault="00AE781B" w:rsidP="00684FDC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1296"/>
+                <w:tab w:val="center" w:pos="4153"/>
+                <w:tab w:val="right" w:pos="8306"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w14:paraId="73BC492E" w14:textId="77777777" w:rsidTr="00684FDC">
+        <w:trPr>
+          <w:trHeight w:val="431"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="14907B24" w14:textId="451C881F" w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w:rsidRDefault="00AE781B" w:rsidP="00684FDC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B81CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00A65D3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m. </w:t>
+            </w:r>
+            <w:r w:rsidR="00A65D3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>gruodžio</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B81CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    d. Nr. V1-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05D0D2A6" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w:rsidRDefault="00AE781B" w:rsidP="00684FDC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B81CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Raseiniai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="372DD11E" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w:rsidRDefault="00AE781B" w:rsidP="00684FDC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="19506F63" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w:rsidRDefault="00AE781B" w:rsidP="00AE781B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DCDDE3D" w14:textId="7204685C" w:rsidR="00AE781B" w:rsidRDefault="00AE781B" w:rsidP="003C546E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Vadovaudamasi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Lietuvos Respublikos švietimo, mokslo ir sporto ministro 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="003C546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. gruodžio </w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="003C546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d. įsakymu Nr. V-1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>238</w:t>
+      </w:r>
+      <w:r w:rsidR="003C546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „Dėl</w:t>
+      </w:r>
+      <w:r w:rsidR="003C546E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C546E" w:rsidRPr="003C546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pedagoginių darbuotojų (išskyrus aukštųjų mokyklų darbuotojus) 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="003C546E" w:rsidRPr="003C546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="003C546E" w:rsidRPr="003C546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> metų prioritetinių kvalifikacijos tobulinimo sričių patvirtinimo“:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DD3A99F" w14:textId="0D43BF1B" w:rsidR="003C546E" w:rsidRDefault="003C546E" w:rsidP="003C546E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="60"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Tvirtin</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE781B" w:rsidRPr="003C546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="60"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE781B" w:rsidRPr="003C546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Raseinių Šaltinio progimnazijos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>pedagoginių darbuotojų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C546E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00395131">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> metų prioritetines kvalifikacijos tobulinimo sritis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (toliau – Sritis)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (pridedama).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C1EFBF9" w14:textId="77777777" w:rsidR="003C546E" w:rsidRPr="00747A4B" w:rsidRDefault="003C546E" w:rsidP="003C546E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-82" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B36988">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="58"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Pavedu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36988">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pradin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ių klasių mokytojui </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36988">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Žydrūnui Kapočiui progimnazijos internetinėje svetainėje </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00011E2F">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaitas"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lt-LT"/>
+          </w:rPr>
+          <w:t>https://saltiniomokykla.lt/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36988">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">paskelbti </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Sritis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00747A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB556AD" w14:textId="77777777" w:rsidR="003C546E" w:rsidRPr="00747A4B" w:rsidRDefault="003C546E" w:rsidP="003C546E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2446"/>
+          <w:tab w:val="left" w:pos="9072"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="3" w:firstLine="851"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00747A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">S u p a ž i n d i n u  Raseinių Šaltinio progimnazijos </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pedagoginius </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00747A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darbuotojus su </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sritimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00747A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00747A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>elektroninėmis priemonėmis Dokumentų valdymo sistemoje (DVS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66CAEECE" w14:textId="77777777" w:rsidR="003C546E" w:rsidRDefault="003C546E" w:rsidP="003C546E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-82" w:firstLine="851"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B23DF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="58"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pasilieku </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23DF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>įsakymo vykdymo kontrolę sau.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12384B60" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w:rsidRDefault="00AE781B" w:rsidP="003C546E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="60"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3686"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="3543"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w14:paraId="69BC3B42" w14:textId="77777777" w:rsidTr="00684FDC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14B062FE" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w:rsidRDefault="00AE781B" w:rsidP="00684FDC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1296"/>
+                <w:tab w:val="center" w:pos="4153"/>
+                <w:tab w:val="right" w:pos="8306"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B81CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Direktorė </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DD257D4" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w:rsidRDefault="00AE781B" w:rsidP="00684FDC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1296"/>
+                <w:tab w:val="center" w:pos="4153"/>
+                <w:tab w:val="right" w:pos="8306"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19804AA4" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w:rsidRDefault="00AE781B" w:rsidP="00684FDC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1296"/>
+                <w:tab w:val="center" w:pos="4153"/>
+                <w:tab w:val="right" w:pos="8306"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="9" w:hanging="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B81CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                         Vaiva Zubrickienė </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="753A5054" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w:rsidRDefault="00AE781B" w:rsidP="00AE781B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1530"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5928A24C" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w:rsidRDefault="00AE781B" w:rsidP="00AE781B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5760"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06E71A26" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w:rsidRDefault="00AE781B" w:rsidP="00AE781B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AE2E3CB" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w:rsidRDefault="00AE781B" w:rsidP="00AE781B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D49C13C" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w:rsidRDefault="00AE781B" w:rsidP="00AE781B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4314" w:firstLine="1296"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3186D039" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w:rsidRDefault="00AE781B" w:rsidP="00AE781B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BEEE1BE" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRPr="00B81CD6" w:rsidRDefault="00AE781B" w:rsidP="00AE781B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3656F0FE" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRDefault="00AE781B" w:rsidP="00AE781B"/>
+    <w:p w14:paraId="4068183D" w14:textId="77777777" w:rsidR="00AE781B" w:rsidRDefault="00AE781B" w:rsidP="00AE781B"/>
+    <w:p w14:paraId="7476BF70" w14:textId="77777777" w:rsidR="003C546E" w:rsidRDefault="003C546E"/>
+    <w:p w14:paraId="0A9B1F61" w14:textId="77777777" w:rsidR="003C546E" w:rsidRDefault="003C546E"/>
+    <w:p w14:paraId="7C0F9118" w14:textId="77777777" w:rsidR="003C546E" w:rsidRDefault="003C546E"/>
+    <w:p w14:paraId="7C3E4325" w14:textId="77777777" w:rsidR="003C546E" w:rsidRPr="00E55AF9" w:rsidRDefault="003C546E" w:rsidP="003C546E">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="4253" w:right="-139" w:firstLine="1701"/>
       </w:pPr>
       <w:r w:rsidRPr="00E55AF9">
+        <w:lastRenderedPageBreak/>
         <w:t>Raseinių Šaltinio progimnazijos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CF3F635" w14:textId="77777777" w:rsidR="003C546E" w:rsidRDefault="003C546E" w:rsidP="003C546E">
+    <w:p w14:paraId="7BA2E556" w14:textId="0FE8B6BD" w:rsidR="003C546E" w:rsidRDefault="003C546E" w:rsidP="003C546E">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="4253" w:right="-139" w:firstLine="1701"/>
       </w:pPr>
       <w:r w:rsidRPr="00E55AF9">
         <w:t xml:space="preserve">direktoriaus </w:t>
       </w:r>
       <w:r>
-        <w:t>2023 m. sausio   d.</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> m. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F">
+        <w:t>gruodžio</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">   d.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56391C47" w14:textId="77777777" w:rsidR="003C546E" w:rsidRDefault="003C546E" w:rsidP="003C546E">
+    <w:p w14:paraId="33452109" w14:textId="77777777" w:rsidR="003C546E" w:rsidRDefault="003C546E" w:rsidP="003C546E">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="4253" w:right="-139" w:firstLine="1701"/>
       </w:pPr>
       <w:r>
         <w:t>įsakymo Nr. V1-</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67FEC581" w14:textId="77777777" w:rsidR="003C546E" w:rsidRDefault="003C546E" w:rsidP="003C546E">
+    <w:p w14:paraId="7E11156E" w14:textId="77777777" w:rsidR="003C546E" w:rsidRDefault="003C546E" w:rsidP="003C546E">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="4253" w:right="-139" w:firstLine="1701"/>
       </w:pPr>
       <w:r>
         <w:t>priedas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33EBCD6A" w14:textId="77777777" w:rsidR="003C546E" w:rsidRDefault="003C546E"/>
-    <w:p w14:paraId="78343665" w14:textId="77777777" w:rsidR="003C546E" w:rsidRDefault="003C546E" w:rsidP="003C546E">
+    <w:p w14:paraId="707021E2" w14:textId="77777777" w:rsidR="003C546E" w:rsidRDefault="003C546E"/>
+    <w:p w14:paraId="18D0BDEF" w14:textId="77777777" w:rsidR="003C546E" w:rsidRDefault="003C546E" w:rsidP="003C546E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C546E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">RASEINIŲ ŠALTINIO PROGIMNAZIJOS </w:t>
       </w:r>
       <w:r w:rsidRPr="003C546E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>PEDAGOGINIŲ DARBUOTOJŲ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0617A732" w14:textId="77777777" w:rsidR="003C546E" w:rsidRPr="003C546E" w:rsidRDefault="003C546E" w:rsidP="003C546E">
+    <w:p w14:paraId="1B1343C8" w14:textId="6883462E" w:rsidR="003C546E" w:rsidRDefault="003C546E" w:rsidP="003C546E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2023–2025 METŲ PRIORITETINĖS KVALIFIKACIJOS TOBULINIMO SRITYS</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003C546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>–202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> METŲ PRIORITETINĖS KVALIFIKACIJOS TOBULINIMO SRITYS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5475EF39" w14:textId="77777777" w:rsidR="003C546E" w:rsidRPr="003C546E" w:rsidRDefault="003C546E" w:rsidP="003C546E">
+    <w:p w14:paraId="13215E2C" w14:textId="77777777" w:rsidR="00A65D3F" w:rsidRPr="003C546E" w:rsidRDefault="00A65D3F" w:rsidP="003C546E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21DC6E36" w14:textId="77777777" w:rsidR="00A65D3F" w:rsidRPr="00A65D3F" w:rsidRDefault="003C546E" w:rsidP="00A65D3F">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F" w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Prioritetinė kvalifikacijos tobulinimo sritis </w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F" w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F" w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> medijų ir skaitmeninių kompetencijų (įskaitant ir dirbtinio intelekto (toliau – DI) naudojimo principus) stiprinimas.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F" w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medijų ir s</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F" w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kaitmeninių kompetencijų stiprinimas apima: galimybę </w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F" w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>veiksmingiau siekti ugdymo(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A65D3F" w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A65D3F" w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) tikslų, efektyviau </w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F" w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>perteikti ugdymo turinį, panaudojant skaitmeninį ugdymo turinį,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F" w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F" w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>gebėjimą kurti naujas</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F" w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ugdymo / mokymo </w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F" w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>priemones ir įrankius, gebėjimą kritiškai vertinti DI sugeneruotą turinį, nuolatos atnaujinant ir gilinant žinias bei gebėjimus atpažinti etines dilemas, gebėjimą ugdytis socialinę atsakomybę naudojant DI, gebėjimą integruoti DI priemones į ugdymo proceso organizavimą, gebėjimą naudoti DI profesiniam augimui.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65D3F" w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="207CDE5B" w14:textId="77777777" w:rsidR="00A65D3F" w:rsidRPr="00A65D3F" w:rsidRDefault="00A65D3F" w:rsidP="00A65D3F">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Prioritetinė kvalifikacijos tobulinimo sritis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>įtraukiojo ugdymo planavimo ir įgyvendinimo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:strike/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>kompetencijos tobulinimas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kompetencijų, susijusių su įtraukia, atvira, gebančia gyventi įvairovėje ir mokytis iš esamų skirtumų mokykla, tobulinimas apima nuostatų ir požiūrių kaitą, saugios ir nediskriminuojančios ugdymo aplinkos kūrimą, gebėjimą suvokti, atpažinti ir atliepti mokinių individualius poreikius,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atliepiant nediskriminavimo, tolerancijos principus, lyčių lygybės principus, siekiant kiekvieno ugdytinio gerovės ir asmeninės pažangos. Lyčių lygybės srityje stiprinti kritinį lyčių stereotipų vertinimą, gebėjimus atpažinti sveikus ir žalingus santykius, sutikimo kultūros principų taikymą. Pagarbaus bendradarbiavimo, įtraukios mokyklos kultūros kūrimas, socialinės partnerystės, mokinių elgesio klasėje valdymo gebėjimų stiprinimas, universalaus dizaino principų taikymas įgalina dirbti daugiatautėje ir daugiakultūrėje aplinkoje, padeda diferencijuoti ir individualizuoti, personalizuoti ir internalizuoti ugdymo turinį ir mokymosi pasiekimų vertinimą. Gebėjimas taikyti individualius poreikius atliepiančias paramos priemones įgalina kurti saugią ir palankią ugdymo aplinką. Stiprinant pedagoginių darbuotojų gebėjimus planuoti ir įgyvendinti įtraukųjį fizinį ugdymą, sudarant sąlygas visiems mokiniams, atsižvelgiant į jiems kylančius iššūkius dėl fizinių, sensorinių, emocinių, elgesio, kultūrinių ir socialinių ypatumų, aktyviai, saugiai ir prasmingai dalyvauti fizinio ugdymo pamokose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="716B04E3" w14:textId="77777777" w:rsidR="00A65D3F" w:rsidRPr="00A65D3F" w:rsidRDefault="00A65D3F" w:rsidP="00A65D3F">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>3. Prioritetinė kvalifikacijos tobulinimo sritis – kultūrinio identiteto, tarpkultūrinės ir pilietiškumo kompetencijų stiprinimas.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kultūrinio identiteto, tarpkultūrinės ir pilietiškumo kompetencijų stiprinimas apima galimybę integruoti istorinės atminties puoselėjimą, pilietinės savimonės, vertybių ir atsakomybės ugdymą, pilietinį atsparumą korupcijai, dezinformacijai bei kibernetinį raštingumą, kritinio mąstymo ugdymą įvairių sričių / dalykų mokymo(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) procese ir mokyklos bendruomenės veikloje. Kultūrinio identiteto, tarpkultūrinė ir pilietiškumo kompetencijos pagilina supratimą apie pagrindines demokratijos vertybes ir jų puoselėjimą, valdžios ir piliečių tarpusavio bendradarbiavimą, skatinant patriotiškumą, užtikrinant demokratiją ir nacionalinį saugumą, krašto gynybą ir gebėjimą veikti ekstremalių situacijų metu, ugdo daugiakultūrį sąmoningumą įvairiakalbėje aplinkoje, globalių iššūkių valdymą, aplinkosauginio sąmoningumo stiprinimą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31A76706" w14:textId="77777777" w:rsidR="00A65D3F" w:rsidRPr="00A65D3F" w:rsidRDefault="00A65D3F" w:rsidP="00A65D3F">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>4. Prioritetinė kvalifikacijos tobulinimo sritis – ugdymo praktikos ir didaktikos kompetencijų tobulinimas.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ugdymo praktikos ir didaktikos kompetencijų tobulinimas apima </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>galimybę kokybiškai organizuoti ugdymo procesą, taikyti ugdymo mokslo ir praktikos sintezę. Šių kompetencijų tobulinimas apima į mokinio įsitraukimą, reflektyvumą orientuotų ugdymo metodų taikymo stiprinimą, tyrimais grįstos ugdymo praktikos plėtrą pedagogikoje ir andragogikoje, savivaldaus mokymosi ir gebėjimų mokytis stiprinimą, įtraukiant gamtos mokslų, technologijų, inžinerijos, matematikos mokslų ir kūrybiškumo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (STEAM – angl. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Science</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Engineering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Art (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>creative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>activities</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mathematics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veiklų organizavimą, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tarpdalykinių mokymosi turinio </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">temų integravimą, tiriamosios ir projektinės veiklos gebėjimų stiprinimą, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ugdytinių motyvavimo, jų individualios pažangos ir pasiekimų fiksavimo ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vertinimo kultūros bei kontekstinio ugdymo modeliavimo tobulinimą. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E281848" w14:textId="77777777" w:rsidR="00A65D3F" w:rsidRPr="00A65D3F" w:rsidRDefault="00A65D3F" w:rsidP="00A65D3F">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>5. Prioritetinė kvalifikacijos tobulinimo sritis – lyderystės ugdymui, vadovavimo, konstruktyvaus bendravimo ir bendradarbiavimo pedagogų profesiniuose ir tarpprofesiniuose tinkluose kompetencijų tobulinimas.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Šios srities kompetencijų tobulinimas apima lyderystę ir mentorystę siekiant modernių vadovavimo strategijų plėtros ir pokyčių valdymo gebėjimų stiprinimo, tvarios bendruomenės plėtrą ir dialogo kultūros kūrimą, ugdomosios veiklos kokybę, duomenimis grįstų sprendimų priėmimą, kolegialų grįžtamąjį ryšį, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokymąsi drauge, su kitais ir iš kitų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">psichologinės gerovės stiprinimą, profesinę tapatybę ir asmeninę pažangą, pedagoginio darbuotojo profesinio augimo savivaldų planavimą – gebėjimą kryptingai reflektuoti savo tobulėjimo poreikius, kelti tikslus bei atsakingai planuoti asmeninį kvalifikacijos tobulinimą, siekiant ilgalaikės profesinės motyvacijos ir atsparumo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="633890D1" w14:textId="77777777" w:rsidR="00A65D3F" w:rsidRPr="00A65D3F" w:rsidRDefault="00A65D3F" w:rsidP="00A65D3F">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>6. Prioritetinė kvalifikacijos tobulinimo sritis – e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>mocinės-motyvacinės kompetencijos stiprinimas.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ši sritis apima pedagoginių darbuotojų emocinio intelekto, streso valdymo ir socialinės sąveikos gebėjimų plėtojimą bei fizinio raštingumo didinimą, siekiant stiprinti profesinį atsparumą, skatinti emocinę savireguliaciją bei efektyvų bendravimą švietimo įstaigos bendruomenėje. Dėmesys skiriamas gebėjimui konstruktyviai reaguoti į pokyčius, valdyti įtampą ir konfliktines situacijas bei palaikyti profesinę motyvaciją. Akcentuojamas gebėjimas telkti bendruomenę, stiprinti partnerystę su tėvais (globėjais, rūpintojais), užtikrinant ugdomosios veiklos kokybę bei gebėjimą priimti duomenimis grįstus sprendimus. Darbuotojų socialinių emocinių kompetencijų, emocinės gerovės ir profesinio atsparumo stiprinimas, e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mocinės-motyvacinės kompetencijos ugdymas ir stiprinimas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A65D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sudaro prielaidas efektyvesniam profesinės veiklos organizavimui, mažina emocinio perdegimo ir depersonalizacijos rizikas, didina pasitenkinimą darbu bei skatina tvarią ugdymo kokybę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C189C23" w14:textId="77777777" w:rsidR="00A65D3F" w:rsidRDefault="00A65D3F" w:rsidP="00A65D3F">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D1C0DD9" w14:textId="272AA802" w:rsidR="003C546E" w:rsidRPr="003C546E" w:rsidRDefault="003C546E" w:rsidP="003C546E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C546E">
-[...10 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="4B67312D" w14:textId="77777777" w:rsidR="003C546E" w:rsidRPr="003C546E" w:rsidRDefault="003C546E" w:rsidP="003C546E">
-[...317 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId7"/>
+    <w:sectPr w:rsidR="003C546E" w:rsidRPr="003C546E" w:rsidSect="003C546E">
+      <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55C7C575" w14:textId="77777777" w:rsidR="004E2CF6" w:rsidRDefault="004E2CF6">
+    <w:p w14:paraId="0795E5AC" w14:textId="77777777" w:rsidR="00826855" w:rsidRDefault="00826855">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49C09FB8" w14:textId="77777777" w:rsidR="004E2CF6" w:rsidRDefault="004E2CF6">
+    <w:p w14:paraId="28D2064F" w14:textId="77777777" w:rsidR="00826855" w:rsidRDefault="00826855">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1385A187" w14:textId="77777777" w:rsidR="004E2CF6" w:rsidRDefault="004E2CF6">
+    <w:p w14:paraId="57C219F7" w14:textId="77777777" w:rsidR="00826855" w:rsidRDefault="00826855">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7832F0F2" w14:textId="77777777" w:rsidR="004E2CF6" w:rsidRDefault="004E2CF6">
+    <w:p w14:paraId="40699FDF" w14:textId="77777777" w:rsidR="00826855" w:rsidRDefault="00826855">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="10E6CC15" w14:textId="77777777" w:rsidR="00117BC8" w:rsidRDefault="00000000">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7D86DE6A" w14:textId="77777777" w:rsidR="00A65D3F" w:rsidRDefault="00A65D3F">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="01300179" w14:textId="77777777" w:rsidR="00117BC8" w:rsidRDefault="00000000">
+  <w:p w14:paraId="3A0F815E" w14:textId="77777777" w:rsidR="00A65D3F" w:rsidRDefault="00A65D3F">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BD811D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8AD6C77E"/>
     <w:lvl w:ilvl="0" w:tplc="C2501D2C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1740" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2460" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -929,118 +2824,121 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1320307552">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="725763880">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1097411883">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1466463594">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AE781B"/>
     <w:rsid w:val="000D17BC"/>
     <w:rsid w:val="00153449"/>
+    <w:rsid w:val="00161530"/>
+    <w:rsid w:val="00395131"/>
     <w:rsid w:val="003C546E"/>
-    <w:rsid w:val="004E2CF6"/>
     <w:rsid w:val="0051695E"/>
+    <w:rsid w:val="00535669"/>
     <w:rsid w:val="007910B8"/>
+    <w:rsid w:val="00826855"/>
+    <w:rsid w:val="00A65D3F"/>
     <w:rsid w:val="00AE781B"/>
     <w:rsid w:val="00B07B82"/>
     <w:rsid w:val="00B112DE"/>
     <w:rsid w:val="00CF1729"/>
-    <w:rsid w:val="00E36BE8"/>
     <w:rsid w:val="00F904D3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="436B0034"/>
+  <w14:docId w14:val="0507EFF6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{0B400F83-A602-4CD5-8B74-0F41E1A42D2A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1561,51 +3459,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1140"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PagrindinistekstasDiagrama">
     <w:name w:val="Pagrindinis tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Pagrindinistekstas"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="003C546E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="201747408">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="755592816">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -1645,51 +3543,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2017805480">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saltiniomokykla.lt/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1947,71 +3845,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme 2013 - 2022" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1121</Characters>
+  <Pages>3</Pages>
+  <Words>4696</Words>
+  <Characters>2677</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3079</CharactersWithSpaces>
+  <CharactersWithSpaces>7359</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vaiva Buivydienė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>